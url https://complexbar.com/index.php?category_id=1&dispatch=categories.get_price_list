--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -952,56 +952,56 @@
   <si>
     <t>02120627</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>PERF</t>
   </si>
   <si>
     <t>Bar mat “Probar”; rubber;, L=45, B=30cm; black</t>
   </si>
   <si>
     <t>02120624</t>
   </si>
   <si>
     <t>Bar mat “Probar”; rubber;, L=45, B=30cm; brown.</t>
   </si>
   <si>
     <t>02120625</t>
   </si>
   <si>
     <t>Bar mat “Probar”; rubber;, L=59, B=8cm; black</t>
   </si>
   <si>
+    <t>02120622</t>
+  </si>
+  <si>
     <t>02120626</t>
   </si>
   <si>
-    <t>02120622</t>
-[...1 lines deleted...]
-  <si>
     <t>Bar mat; rubber, stainless steel;, L=60, B=10cm; black</t>
   </si>
   <si>
     <t>02120635</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>W.A.S.</t>
   </si>
   <si>
     <t>Bar mat; rubber;, L=59, B=8cm; brown.</t>
   </si>
   <si>
     <t>02120623</t>
   </si>
   <si>
     <t>Plastic products</t>
   </si>
   <si>
     <t>Bar mat;rubber;,L=30,B=15cm;black</t>
   </si>
   <si>
     <t>02120642</t>
@@ -1027,56 +1027,56 @@
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>Bar mat;rubber;,L=52,B=8cm;black</t>
   </si>
   <si>
     <t>02120644</t>
   </si>
   <si>
     <t>Bar mat;rubber;,L=60,B=20cm;black</t>
   </si>
   <si>
     <t>02120648</t>
   </si>
   <si>
     <t>Bar mat;rubber;,L=60,B=20cm;black,white</t>
   </si>
   <si>
     <t>02120649</t>
   </si>
   <si>
     <t>Bar mat;rubber;,L=60,B=8cm;black</t>
   </si>
   <si>
+    <t>02120646</t>
+  </si>
+  <si>
     <t>02120645</t>
   </si>
   <si>
-    <t>02120646</t>
-[...1 lines deleted...]
-  <si>
     <t>Bar mat;rubber;,L=600,B=85mm;black</t>
   </si>
   <si>
     <t>02120633</t>
   </si>
   <si>
     <t>Bar mat;rubber;,L=68,B=8cm;black</t>
   </si>
   <si>
     <t>02120639</t>
   </si>
   <si>
     <t>Bar mesh “Probar”; polyethylene;, L=100, B=60cm; black</t>
   </si>
   <si>
     <t>02121229</t>
   </si>
   <si>
     <t>TRENDW</t>
   </si>
   <si>
     <t>Bar mesh “Probar”; polyethylene;, L=100, B=60cm; red</t>
   </si>
   <si>
     <t>02121228</t>
@@ -2623,56 +2623,56 @@
   <si>
     <t>02030262</t>
   </si>
   <si>
     <t>European shaker; stainless steel; 0.5 l; D=85, H=220mm; silver.</t>
   </si>
   <si>
     <t>02030259</t>
   </si>
   <si>
     <t>European shaker; stainless steel; 0.6 l; D=85, H=230mm; gold</t>
   </si>
   <si>
     <t>02030813</t>
   </si>
   <si>
     <t>European shaker; stainless steel; 0.7 l; D=82, H=235mm; silver.</t>
   </si>
   <si>
     <t>02030221</t>
   </si>
   <si>
     <t>European shaker; stainless steel; 0.7 l; D=85, H=220mm; silver.</t>
   </si>
   <si>
+    <t>02030245</t>
+  </si>
+  <si>
     <t>02030263</t>
   </si>
   <si>
-    <t>02030245</t>
-[...1 lines deleted...]
-  <si>
     <t>European shaker; stainless steel; 0.7 l; D=85, H=240mm; silver.</t>
   </si>
   <si>
     <t>02030223</t>
   </si>
   <si>
     <t>European shaker; stainless steel; 0.7 l; D=87, H=240mm; silver.</t>
   </si>
   <si>
     <t>02030276</t>
   </si>
   <si>
     <t>European shaker; stainless steel; 350 ml; D=72, H=180mm; silver.</t>
   </si>
   <si>
     <t>02030232</t>
   </si>
   <si>
     <t>European shaker;acrylic;450ml;D=6,H=17cm;clear.</t>
   </si>
   <si>
     <t>02030274</t>
   </si>
   <si>
     <t>Flaring bottle “Probar”; abs plastic; 0.5 l; D=75, H=300mm; white</t>
@@ -3454,56 +3454,56 @@
   <si>
     <t>02040143</t>
   </si>
   <si>
     <t>Jigger “Probar Premium Iridio” 30/45 ml octagon; stainless steel; D=39/43, H=112mm; multi-colored.</t>
   </si>
   <si>
     <t>02040160</t>
   </si>
   <si>
     <t>Jigger “Probar Premium Moonlight”;stainless steel;100ml;D=44,H=69mm;matte</t>
   </si>
   <si>
     <t>02030464</t>
   </si>
   <si>
     <t>Jigger “Probar Premium Motivo” 25/50 ml; stainless steel; D=44/45, H=110mm; silver, matte</t>
   </si>
   <si>
     <t>02040161</t>
   </si>
   <si>
     <t>Jigger “Probar Premium Motivo” 30/45 ml with ornament; stainless steel; D=49/41, H=118mm; silver.</t>
   </si>
   <si>
+    <t>02040154</t>
+  </si>
+  <si>
     <t>02040155</t>
   </si>
   <si>
-    <t>02040154</t>
-[...1 lines deleted...]
-  <si>
     <t>Jigger “Probar Premium Motivo” 60/90 ml with ornament; stainless steel; D=52/59, H=155mm; silver.</t>
   </si>
   <si>
     <t>02040157</t>
   </si>
   <si>
     <t>Jigger “Probar Premium Onyx” 30/45 ml; stainless steel; D=41/48, H=114mm; black</t>
   </si>
   <si>
     <t>02040162</t>
   </si>
   <si>
     <t>Jigger “Probar Premium Onyx” 30/60 ml; stainless steel; D=45/52, H=87mm; black</t>
   </si>
   <si>
     <t>02040163</t>
   </si>
   <si>
     <t>Jigger “Probar Premium Orb” 30/45 ml; stainless steel; D=44/51, H=124mm; silver.</t>
   </si>
   <si>
     <t>02040148</t>
   </si>
   <si>
     <t>Jigger “Probar Premium Orb” 30/50 ml; stainless steel; D=39/41, H=91mm; silver.</t>
@@ -4492,56 +4492,56 @@
   <si>
     <t>02030472</t>
   </si>
   <si>
     <t>Mixing glass; glass; 0.95 l; D=11.5, H=19 cm; clear.</t>
   </si>
   <si>
     <t>02030425</t>
   </si>
   <si>
     <t>Mixing glass; glass; 400 ml; D=85, H=145 mm; clear.</t>
   </si>
   <si>
     <t>02030424</t>
   </si>
   <si>
     <t>Mixing glass; polycarbonate; 0.54 l; D=9, H=16 cm; clear.</t>
   </si>
   <si>
     <t>02030426</t>
   </si>
   <si>
     <t>Mixing glass;crystal;0.75l;D=95,H=180mm;clear.</t>
   </si>
   <si>
+    <t>02030437</t>
+  </si>
+  <si>
     <t>02030446</t>
   </si>
   <si>
-    <t>02030437</t>
-[...1 lines deleted...]
-  <si>
     <t>Mojito bar set (5 items); glass, stainless steel;, H=98, L=305, B=216mm; silver, clear.</t>
   </si>
   <si>
     <t>02030130</t>
   </si>
   <si>
     <t>Mudler with mortar “Kunstwerk”; porcelain; 300 ml; D=11.5, L=12.5 cm; white</t>
   </si>
   <si>
     <t>02122707</t>
   </si>
   <si>
     <t>Kunstwerk</t>
   </si>
   <si>
     <t>WEIYE</t>
   </si>
   <si>
     <t>Mudler with mortar;granite;400ml;D=15.5cm;gray</t>
   </si>
   <si>
     <t>02121221</t>
   </si>
   <si>
     <t>Mudler with mortar;marble;250ml;D=12.5,L=20cm;gray</t>
@@ -5416,56 +5416,56 @@
   <si>
     <t>02030528</t>
   </si>
   <si>
     <t>Strainer;stainless steel, copper;D=75,L=150mm;copper</t>
   </si>
   <si>
     <t>02030547</t>
   </si>
   <si>
     <t>Strainer;stainless steel, gold;D=75,L=150mm;gold</t>
   </si>
   <si>
     <t>02030531</t>
   </si>
   <si>
     <t>Strainer;stainless steel, gold;D=85,L=165mm;gold</t>
   </si>
   <si>
     <t>02030532</t>
   </si>
   <si>
     <t>Strainer;stainless steel;D=10,L=19cm;silver.</t>
   </si>
   <si>
+    <t>02030508</t>
+  </si>
+  <si>
     <t>02030511</t>
   </si>
   <si>
-    <t>02030508</t>
-[...1 lines deleted...]
-  <si>
     <t>Strainer;stainless steel;D=10,L=22.5cm;silver.</t>
   </si>
   <si>
     <t>02030525</t>
   </si>
   <si>
     <t>Strainer;stainless steel;D=75,L=150mm;silver.</t>
   </si>
   <si>
     <t>02030519</t>
   </si>
   <si>
     <t>Strainer;stainless steel;D=8,L=19cm;silver.</t>
   </si>
   <si>
     <t>02030509</t>
   </si>
   <si>
     <t>Strainer;stainless steel;D=85,L=195mm;silver.</t>
   </si>
   <si>
     <t>02030504</t>
   </si>
   <si>
     <t>Strainer;stainless steel;D=9,L=20cm;silver.</t>
@@ -5572,60 +5572,60 @@
   <si>
     <t>06030110</t>
   </si>
   <si>
     <t>Tubes with bend[1000pcs];polyprop.;D=5,L=210mm;blue</t>
   </si>
   <si>
     <t>06030111</t>
   </si>
   <si>
     <t>Tubes with bend[1000pcs];polyprop.;D=5,L=210mm;clear.</t>
   </si>
   <si>
     <t>06030115</t>
   </si>
   <si>
     <t>Tubes with bend[1000pcs];polyprop.;D=5,L=210mm;green.</t>
   </si>
   <si>
     <t>06030118</t>
   </si>
   <si>
     <t>Tubes with bend[1000pcs];polyprop.;D=5,L=210mm;multi-colored</t>
   </si>
   <si>
+    <t>06030141</t>
+  </si>
+  <si>
+    <t>06030117</t>
+  </si>
+  <si>
     <t>06030103</t>
   </si>
   <si>
     <t>06030149</t>
-  </si>
-[...4 lines deleted...]
-    <t>06030117</t>
   </si>
   <si>
     <t>Tubes with bend[1000pcs];polyprop.;D=5,L=210mm;silver.</t>
   </si>
   <si>
     <t>06030119</t>
   </si>
   <si>
     <t>Tubes with bend[1000pcs];polyprop.;D=5,L=240mm;black</t>
   </si>
   <si>
     <t>06030128</t>
   </si>
   <si>
     <t>Tubes with bend[1000pcs];polyprop.;D=5,L=240mm;multi-colored</t>
   </si>
   <si>
     <t>06030122</t>
   </si>
   <si>
     <t>Tubes with bend[1000pcs];polyprop.;D=5,L=240mm;white</t>
   </si>
   <si>
     <t>06030169</t>
   </si>
@@ -8143,65 +8143,65 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>302</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>303</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>306</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>314</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>306</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="0" t="s">
         <v>315</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>316</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>317</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>318</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>321</v>
@@ -11736,68 +11736,68 @@
         <v>26</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="0" t="s">
         <v>867</v>
       </c>
       <c r="B403" s="0" t="s">
         <v>868</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D403" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="0" t="s">
         <v>869</v>
       </c>
       <c r="B404" s="0" t="s">
         <v>870</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>326</v>
+        <v>20</v>
       </c>
       <c r="D404" s="0" t="s">
-        <v>327</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="0" t="s">
         <v>869</v>
       </c>
       <c r="B405" s="0" t="s">
         <v>871</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>20</v>
+        <v>326</v>
       </c>
       <c r="D405" s="0" t="s">
-        <v>21</v>
+        <v>327</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="0" t="s">
         <v>872</v>
       </c>
       <c r="B406" s="0" t="s">
         <v>873</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D406" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="0" t="s">
         <v>874</v>
       </c>
       <c r="B407" s="0" t="s">
         <v>875</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>330</v>
@@ -18008,68 +18008,68 @@
         <v>414</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="851">
       <c r="A851" s="0" t="s">
         <v>1798</v>
       </c>
       <c r="B851" s="0" t="s">
         <v>1799</v>
       </c>
       <c r="C851" s="0" t="s">
         <v>413</v>
       </c>
       <c r="D851" s="0" t="s">
         <v>414</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="852">
       <c r="A852" s="0" t="s">
         <v>1800</v>
       </c>
       <c r="B852" s="0" t="s">
         <v>1801</v>
       </c>
       <c r="C852" s="0" t="s">
-        <v>330</v>
+        <v>8</v>
       </c>
       <c r="D852" s="0" t="s">
-        <v>330</v>
+        <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="853">
       <c r="A853" s="0" t="s">
         <v>1800</v>
       </c>
       <c r="B853" s="0" t="s">
         <v>1802</v>
       </c>
       <c r="C853" s="0" t="s">
-        <v>8</v>
+        <v>330</v>
       </c>
       <c r="D853" s="0" t="s">
-        <v>8</v>
+        <v>330</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="854">
       <c r="A854" s="0" t="s">
         <v>1803</v>
       </c>
       <c r="B854" s="0" t="s">
         <v>1804</v>
       </c>
       <c r="C854" s="0" t="s">
         <v>699</v>
       </c>
       <c r="D854" s="0" t="s">
         <v>699</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="855">
       <c r="A855" s="0" t="s">
         <v>1805</v>
       </c>
       <c r="B855" s="0" t="s">
         <v>1806</v>
       </c>
       <c r="C855" s="0" t="s">
         <v>326</v>
@@ -18372,82 +18372,82 @@
         <v>885</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="877">
       <c r="A877" s="0" t="s">
         <v>1850</v>
       </c>
       <c r="B877" s="0" t="s">
         <v>1851</v>
       </c>
       <c r="C877" s="0" t="s">
         <v>884</v>
       </c>
       <c r="D877" s="0" t="s">
         <v>885</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="878">
       <c r="A878" s="0" t="s">
         <v>1852</v>
       </c>
       <c r="B878" s="0" t="s">
         <v>1853</v>
       </c>
       <c r="C878" s="0" t="s">
-        <v>884</v>
+        <v>635</v>
       </c>
       <c r="D878" s="0" t="s">
-        <v>885</v>
+        <v>636</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="879">
       <c r="A879" s="0" t="s">
         <v>1852</v>
       </c>
       <c r="B879" s="0" t="s">
         <v>1854</v>
       </c>
       <c r="C879" s="0" t="s">
         <v>884</v>
       </c>
       <c r="D879" s="0" t="s">
         <v>885</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="880">
       <c r="A880" s="0" t="s">
         <v>1852</v>
       </c>
       <c r="B880" s="0" t="s">
         <v>1855</v>
       </c>
       <c r="C880" s="0" t="s">
-        <v>635</v>
+        <v>884</v>
       </c>
       <c r="D880" s="0" t="s">
-        <v>636</v>
+        <v>885</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="881">
       <c r="A881" s="0" t="s">
         <v>1852</v>
       </c>
       <c r="B881" s="0" t="s">
         <v>1856</v>
       </c>
       <c r="C881" s="0" t="s">
         <v>884</v>
       </c>
       <c r="D881" s="0" t="s">
         <v>885</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="882">
       <c r="A882" s="0" t="s">
         <v>1857</v>
       </c>
       <c r="B882" s="0" t="s">
         <v>1858</v>
       </c>
       <c r="C882" s="0" t="s">
         <v>884</v>