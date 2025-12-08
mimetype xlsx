--- v0 (2025-10-07)
+++ v1 (2025-12-08)
@@ -220,54 +220,54 @@
   <si>
     <t>04010917</t>
   </si>
   <si>
     <t>Electric heating element for food warmers 1/1;aluminum;,H=2,L=30,B=20cm;600W;silver.</t>
   </si>
   <si>
     <t>04010904</t>
   </si>
   <si>
     <t>Electric heating element for food warmers 1/1;aluminum;,H=2,L=30,B=20cm;800W;silver.</t>
   </si>
   <si>
     <t>04010872</t>
   </si>
   <si>
     <t>Electric heating element for food warmers “Asia”; stainless steel; 380 W; silver.</t>
   </si>
   <si>
     <t>07100237</t>
   </si>
   <si>
     <t>Electric heating element for food warmers; 220W</t>
   </si>
   <si>
+    <t>07100303</t>
+  </si>
+  <si>
     <t>04010879</t>
-  </si>
-[...1 lines deleted...]
-    <t>07100303</t>
   </si>
   <si>
     <t>Electric heating element for food warmers; stainless steel, plastic; D=11, H=11.5 cm; 350 W; silver.</t>
   </si>
   <si>
     <t>07100221</t>
   </si>
   <si>
     <t>Electric heating element for food warmers; stainless steel, plastic; D=140, H=95mm; 500 W; silver,</t>
   </si>
   <si>
     <t>04010908</t>
   </si>
   <si>
     <t>Frame for electric heating element for bain-marie art. 12398; silver.</t>
   </si>
   <si>
     <t>04010855</t>
   </si>
   <si>
     <t>Frame for electric heating element for food warmers art. 12394, 12404; stainless steel; silver.</t>
   </si>
   <si>
     <t>04010857</t>
   </si>
@@ -946,68 +946,68 @@
         <v>34</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>34</v>