--- v0 (2025-10-08)
+++ v1 (2025-12-08)
@@ -121,87 +121,87 @@
   <si>
     <t>Drainage shelf for gastronorm container 1/1; polyprop.;, L=53, B=32.5 cm; semi-transparent.</t>
   </si>
   <si>
     <t>04012459</t>
   </si>
   <si>
     <t>Drainage shelf for gastronorm container 1/1; stainless steel;, L=53, B=32.5 cm; silver.</t>
   </si>
   <si>
     <t>04012836</t>
   </si>
   <si>
     <t>04011833</t>
   </si>
   <si>
     <t>Drainage shelf for gastronorm container 1/2; plastic;, L=32.5, B=25.6 cm; transparent.</t>
   </si>
   <si>
     <t>04012498</t>
   </si>
   <si>
     <t>Drainage shelf for gastronorm container 1/2; polycarbonate;, L=32.5, B=26.5 cm; transparent.</t>
   </si>
   <si>
+    <t>04011277</t>
+  </si>
+  <si>
     <t>04011204</t>
   </si>
   <si>
-    <t>04011277</t>
-[...1 lines deleted...]
-  <si>
     <t>Drainage shelf for gastronorm container 1/2; polyprop.;, L=26.6, B=20.6 cm; semi-transparent.</t>
   </si>
   <si>
     <t>04011288</t>
   </si>
   <si>
     <t>Drainage shelf for gastronorm container 1/2; stainless steel; L=32.5, B=26.5 cm; silver.</t>
   </si>
   <si>
     <t>04011834</t>
   </si>
   <si>
     <t>Drainage shelf for gastronorm container 1/2; stainless steel;, L=32.5, B=26.4 cm; silver.</t>
   </si>
   <si>
     <t>04012483</t>
   </si>
   <si>
     <t>Drainage shelf for gastronorm container 1/3; plastic;, L=32.5, B=17.6 cm; transparent.</t>
   </si>
   <si>
     <t>04012806</t>
   </si>
   <si>
     <t>Drainage shelf for gastronorm container 1/3; polycarbonate;, L=32.5, B=17.6 cm; transparent.</t>
   </si>
   <si>
+    <t>04011203</t>
+  </si>
+  <si>
     <t>04011278</t>
-  </si>
-[...1 lines deleted...]
-    <t>04011203</t>
   </si>
   <si>
     <t>Drainage shelf for gastronorm container 1/4; plastic;, L=26.5, B=16.2 cm; transparent.</t>
   </si>
   <si>
     <t>04012519</t>
   </si>
   <si>
     <t>Drainage shelf for gastronorm container 1/4; polycarbonate;, L=26.5, B=16.2 cm; transparent.</t>
   </si>
   <si>
     <t>04010995</t>
   </si>
   <si>
     <t>Drainage shelf for gastronorm container 1/6; plastic;, L=17.6, B=16.2 cm; amber.</t>
   </si>
   <si>
     <t>04013670</t>
   </si>
   <si>
     <t>Drainage shelf for gastronorm container 1/6; plastic;, L=17.6, B=16.2 cm; transparent.</t>
   </si>
   <si>
     <t>04012807</t>
   </si>
@@ -583,68 +583,68 @@
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
@@ -667,68 +667,68 @@
         <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>15</v>