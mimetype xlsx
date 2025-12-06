--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -52,60 +52,60 @@
   <si>
     <t>Availability</t>
   </si>
   <si>
     <t>Madler “Probar”; stainless steel, nylon; D=25, L=210mm; silver.</t>
   </si>
   <si>
     <t>02122712</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>King Metal</t>
   </si>
   <si>
     <t>Madler “Probar”; stainless steel, plastic; D=2, L=26cm; silver, white</t>
   </si>
   <si>
     <t>02121219</t>
   </si>
   <si>
     <t>Madler “Probar”;plastic;D=25,L=210mm;black</t>
   </si>
   <si>
+    <t>02121215</t>
+  </si>
+  <si>
+    <t>Probar</t>
+  </si>
+  <si>
+    <t>PERF</t>
+  </si>
+  <si>
     <t>02121216</t>
-  </si>
-[...7 lines deleted...]
-    <t>02121215</t>
   </si>
   <si>
     <t>Madler; stainless steel, abs plastic; D=3, L=23cm; silver, orange.</t>
   </si>
   <si>
     <t>02121508</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>Madler;beech;D=4,L=18cm;beige.</t>
   </si>
   <si>
     <t>02121222</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>MATFER</t>
   </si>
   <si>
     <t>Madler;stainless steel, abs plastic;D=3,L=23,B=3cm;silver, assorted.</t>
   </si>