--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -565,56 +565,56 @@
   <si>
     <t>Cutting board; polyethylene;, H=20, L=320, B=265mm; green.</t>
   </si>
   <si>
     <t>04091056</t>
   </si>
   <si>
     <t>Cutting board; polyethylene;, H=20, L=530, B=325mm; blue.</t>
   </si>
   <si>
     <t>04090320</t>
   </si>
   <si>
     <t>Cutting board; polyethylene;, H=20, L=530, B=325mm; brown.</t>
   </si>
   <si>
     <t>04090271</t>
   </si>
   <si>
     <t>04090314</t>
   </si>
   <si>
     <t>Cutting board; polyethylene;, H=20, L=530, B=325mm; green.</t>
   </si>
   <si>
+    <t>04090316</t>
+  </si>
+  <si>
     <t>04090273</t>
   </si>
   <si>
-    <t>04090316</t>
-[...1 lines deleted...]
-  <si>
     <t>Cutting board; polyethylene;, H=20, L=530, B=325mm; yellow.</t>
   </si>
   <si>
     <t>04090270</t>
   </si>
   <si>
     <t>04090313</t>
   </si>
   <si>
     <t>Cutting board; polyethylene;, L=50, B=30cm; brown.</t>
   </si>
   <si>
     <t>04090344</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>W.A.S.</t>
   </si>
   <si>
     <t>Cutting board; polyethylene;, L=50, B=30cm; green.</t>
   </si>
   <si>
     <t>04090345</t>
@@ -1189,54 +1189,54 @@
   <si>
     <t>Cutting board;polyethylene;,H=20,L=530,B=325mm;black</t>
   </si>
   <si>
     <t>04090388</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,H=20,L=530,B=325mm;blue</t>
   </si>
   <si>
     <t>04090279</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,H=20,L=530,B=325mm;red</t>
   </si>
   <si>
     <t>04090315</t>
   </si>
   <si>
     <t>04090272</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,H=20,L=530,B=325mm;white</t>
   </si>
   <si>
+    <t>04090269</t>
+  </si>
+  <si>
     <t>04090357</t>
-  </si>
-[...1 lines deleted...]
-    <t>04090269</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,L=50,B=30cm;blue</t>
   </si>
   <si>
     <t>04090342</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,L=50,B=30cm;red</t>
   </si>
   <si>
     <t>04090341</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,L=50,B=30cm;white</t>
   </si>
   <si>
     <t>04090346</t>
   </si>
   <si>
     <t>Cutting board;polyprop.;,H=9,L=250,B=150mm;white</t>
   </si>
   <si>
     <t>04090387</t>
   </si>
@@ -2571,68 +2571,68 @@
         <v>54</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>185</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>13</v>
@@ -3993,68 +3993,68 @@
         <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="0" t="s">
         <v>388</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>390</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D186" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>392</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>393</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>192</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="0" t="s">
         <v>396</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>397</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>191</v>