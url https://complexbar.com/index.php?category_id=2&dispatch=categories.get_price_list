--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -1699,56 +1699,56 @@
   <si>
     <t>Container for products “Smart Lock” with a lid for microwave; polyprop.; 0.9 l;, H=11.4, L=13.5, B=10.5 cm; transparent,</t>
   </si>
   <si>
     <t>04013870</t>
   </si>
   <si>
     <t>04019074</t>
   </si>
   <si>
     <t>Container for products “Smart Lock” with a lid for microwave; polyprop.; 1 l;, H=7, L=16, B=16 cm; transparent, olive.</t>
   </si>
   <si>
     <t>04019079</t>
   </si>
   <si>
     <t>Container for products “Smart Lock” with a lid for microwave; polyprop.; 1.1 l;, H=7, L=20, B=13cm; transparent.</t>
   </si>
   <si>
     <t>04019067</t>
   </si>
   <si>
     <t>Container for products “Smart Lock” with a lid for microwave; polyprop.; 1.4 l;, H=17.8, L=13.5, B=10.5 cm; transparent,</t>
   </si>
   <si>
+    <t>04013871</t>
+  </si>
+  <si>
     <t>04019086</t>
   </si>
   <si>
-    <t>04013871</t>
-[...1 lines deleted...]
-  <si>
     <t>Container for products “Smart Lock” with a lid for microwave; polyprop.; 1.5 l;, H=72, L=235, B=168mm; transparent, olive</t>
   </si>
   <si>
     <t>04019076</t>
   </si>
   <si>
     <t>Container for products “Smart Lock” with a lid for microwave; polyprop.; 1.6 l;, H=10.4, L=16, B=16 cm; transparent, olive</t>
   </si>
   <si>
     <t>04019113</t>
   </si>
   <si>
     <t>Container for products “Smart Lock” with a lid for microwave; polyprop.; 1.6 l;, H=98, L=200, B=130mm; transparent.</t>
   </si>
   <si>
     <t>04019068</t>
   </si>
   <si>
     <t>Container for products “Smart Lock” with a lid for microwave; polyprop.; 3.7 l;, H=82, L=292, B=228mm; transparent, olive</t>
   </si>
   <si>
     <t>04019115</t>
   </si>
   <si>
     <t>Container for products “Smart Lock” with a lid for the microwave; polyprop.; 0.5 l;, H=70, L=135, B=105mm; salads, etc.</t>
@@ -2635,59 +2635,59 @@
   <si>
     <t>04014715</t>
   </si>
   <si>
     <t>Dough storage container;polyprop.;20l;,H=14,L=53,B=41cm;white</t>
   </si>
   <si>
     <t>04011837</t>
   </si>
   <si>
     <t>Electric heated pizza tray “Girasole”; stainless steel; D=55 cm; 300 W; silver.</t>
   </si>
   <si>
     <t>07120101</t>
   </si>
   <si>
     <t>Floor stand for heavy objects max = 680 kg; polyethylene;, H = 30, L = 91.5, B = 53.3 cm; gray</t>
   </si>
   <si>
     <t>04121701</t>
   </si>
   <si>
     <t>Floor stand for trays; beech;, H=83, L=47, B=43cm; brown.</t>
   </si>
   <si>
+    <t>08010320</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
     <t>08010346</t>
   </si>
   <si>
-    <t>PPwood</t>
-[...4 lines deleted...]
-  <si>
     <t>Floor stand for trays; beech;, H=83, L=47, B=43cm; mahogany</t>
   </si>
   <si>
     <t>08010316</t>
   </si>
   <si>
     <t>Floor stand for trays; stainless steel;, H=74, L=48, B=38 cm; silver.</t>
   </si>
   <si>
     <t>08010367</t>
   </si>
   <si>
     <t>Floor stand for trays; stainless steel;, H=79, L=50, B=48.5cm; silver.</t>
   </si>
   <si>
     <t>04150155</t>
   </si>
   <si>
     <t>Floor stand for trays; wood, nylon;, H=81, L=43, B=37.5 cm; wenge</t>
   </si>
   <si>
     <t>08012301</t>
   </si>
   <si>
     <t>Floor stand for trays;beech;,H=83,L=47,B=43cm;black</t>
@@ -4228,54 +4228,54 @@
   <si>
     <t>04080515</t>
   </si>
   <si>
     <t>Rectangular tray “Frames”; stainless steel;, L=32.5, B=26.5 cm; silver.</t>
   </si>
   <si>
     <t>04080695</t>
   </si>
   <si>
     <t>Rectangular tray “Frida”;plastic;,L=26.5,B=16.2cm;beige, white</t>
   </si>
   <si>
     <t>04080979</t>
   </si>
   <si>
     <t>Rectangular tray “Profi Line” with handles; stainless steel;, H=40, L=530, B=325mm; silver.</t>
   </si>
   <si>
     <t>04080690</t>
   </si>
   <si>
     <t>Rectangular tray “Profi Line”; stainless steel;, L=53, B=32.5 cm; silver.</t>
   </si>
   <si>
+    <t>04080282</t>
+  </si>
+  <si>
     <t>04080587</t>
-  </si>
-[...1 lines deleted...]
-    <t>04080282</t>
   </si>
   <si>
     <t>Rectangular tray “Prootel”;plastic;,L=37,B=25cm;black</t>
   </si>
   <si>
     <t>04080934</t>
   </si>
   <si>
     <t>Rectangular tray “Schöner Essen” with handles; stainless steel;, H=1, L=60, B=36cm</t>
   </si>
   <si>
     <t>04080740</t>
   </si>
   <si>
     <t>Rectangular tray “Schöner Essen” with handles; stainless steel;, L=75, B=44.5 cm; silver.</t>
   </si>
   <si>
     <t>04080741</t>
   </si>
   <si>
     <t>Rectangular tray “Sky”; stainless steel;, L=30, B=9cm; silver.</t>
   </si>
   <si>
     <t>04081157</t>
   </si>