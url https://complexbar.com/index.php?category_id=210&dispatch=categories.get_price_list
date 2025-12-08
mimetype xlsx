--- v0 (2025-10-07)
+++ v1 (2025-12-08)
@@ -85,63 +85,63 @@
   <si>
     <t>Electric heating element for food warmers 1/1;aluminum;,H=2,L=30,B=20cm;600W;silver.</t>
   </si>
   <si>
     <t>04010904</t>
   </si>
   <si>
     <t>Electric heating element for food warmers 1/1;aluminum;,H=2,L=30,B=20cm;800W;silver.</t>
   </si>
   <si>
     <t>04010872</t>
   </si>
   <si>
     <t>Electric heating element for food warmers “Asia”; stainless steel; 380 W; silver.</t>
   </si>
   <si>
     <t>07100237</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>Electric heating element for food warmers; 220W</t>
   </si>
   <si>
+    <t>04010879</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
     <t>07100303</t>
   </si>
   <si>
     <t>Hepp</t>
   </si>
   <si>
     <t>HEPP</t>
-  </si>
-[...4 lines deleted...]
-    <t>Pintinox</t>
   </si>
   <si>
     <t>Electric heating element for food warmers; stainless steel, plastic; D=11, H=11.5 cm; 350 W; silver.</t>
   </si>
   <si>
     <t>07100221</t>
   </si>
   <si>
     <t>Electric heating element for food warmers; stainless steel, plastic; D=140, H=95mm; 500 W; silver,</t>
   </si>
   <si>
     <t>04010908</t>
   </si>
   <si>
     <t>Heating element for food warmers 1/1;D=240,H=75mm;900W;black</t>
   </si>
   <si>
     <t>04010854</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
@@ -341,62 +341,62 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>32</v>