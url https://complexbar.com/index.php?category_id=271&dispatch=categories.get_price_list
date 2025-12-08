--- v0 (2025-10-08)
+++ v1 (2025-12-08)
@@ -541,54 +541,54 @@
   <si>
     <t>03174551</t>
   </si>
   <si>
     <t>Dobrush porcelain factory</t>
   </si>
   <si>
     <t>DOFZ</t>
   </si>
   <si>
     <t>Lid for teapot “Terramesa Mocha”; porcelain; D=85mm; dark brown.</t>
   </si>
   <si>
     <t>03150582</t>
   </si>
   <si>
     <t>Lid for teapot “Terramesa Vit”; porcelain; D=85/70, H=50mm; beige.</t>
   </si>
   <si>
     <t>03150575</t>
   </si>
   <si>
     <t>Lid for teapot “Torino white”; porcelain; white</t>
   </si>
   <si>
+    <t>09100795</t>
+  </si>
+  <si>
     <t>03171980</t>
-  </si>
-[...1 lines deleted...]
-    <t>09100795</t>
   </si>
   <si>
     <t>Lid for teapot “Verona”; porcelain; white</t>
   </si>
   <si>
     <t>03150944</t>
   </si>
   <si>
     <t>Lid for teapot “Victoria”;porcelain;1l;D=75,H=55,L=91,B=91mm;white</t>
   </si>
   <si>
     <t>03150560</t>
   </si>
   <si>
     <t>Lid for teapot “Victoria”;porcelain;400ml;D=65,H=55,L=75,B=75mm;white</t>
   </si>
   <si>
     <t>03150531</t>
   </si>
   <si>
     <t>Lid for teapot “Willow”;porcelain;white</t>
   </si>
   <si>
     <t>03150938</t>
   </si>