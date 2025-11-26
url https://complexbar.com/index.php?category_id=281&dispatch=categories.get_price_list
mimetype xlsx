--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -571,83 +571,83 @@
   <si>
     <t>Cover;stainless steel;D=160,H=30,L=175mm;metal.</t>
   </si>
   <si>
     <t>04140752</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=16cm;metal.</t>
   </si>
   <si>
     <t>04012632</t>
   </si>
   <si>
     <t>04012627</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=18,H=3,L=19,B=19cm;metal.</t>
   </si>
   <si>
     <t>04140753</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=18cm;metal.</t>
   </si>
   <si>
+    <t>04012628</t>
+  </si>
+  <si>
     <t>04012625</t>
   </si>
   <si>
     <t>Linkfair</t>
   </si>
   <si>
-    <t>04012628</t>
-[...1 lines deleted...]
-  <si>
     <t>Cover;stainless steel;D=200,H=45,L=215,B=215mm;metal.</t>
   </si>
   <si>
     <t>04140754</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=20cm</t>
   </si>
   <si>
     <t>04012645</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=20cm;metal.</t>
   </si>
   <si>
+    <t>04012649</t>
+  </si>
+  <si>
+    <t>04012631</t>
+  </si>
+  <si>
     <t>04012629</t>
   </si>
   <si>
-    <t>04012649</t>
-[...4 lines deleted...]
-  <si>
     <t>Cover;stainless steel;D=220,H=45,L=235,B=235mm;metal.</t>
   </si>
   <si>
     <t>04140755</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=22cm</t>
   </si>
   <si>
     <t>04012634</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=24,H=3cm;metal.</t>
   </si>
   <si>
     <t>04140756</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=240,H=65mm;metal.</t>
   </si>
   <si>
     <t>04012635</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=24cm;metal.</t>
@@ -751,56 +751,56 @@
   <si>
     <t>04012641</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=40cm;metal.</t>
   </si>
   <si>
     <t>04140798</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=45,H=4,L=45,B=45cm;metal.</t>
   </si>
   <si>
     <t>04140761</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=500,H=50,L=525,B=525mm;metal.</t>
   </si>
   <si>
     <t>04140762</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=50cm;metal.</t>
   </si>
   <si>
+    <t>04140701</t>
+  </si>
+  <si>
     <t>04012616</t>
   </si>
   <si>
-    <t>04140701</t>
-[...1 lines deleted...]
-  <si>
     <t>Cover;stainless steel;D=60cm;metal.</t>
   </si>
   <si>
     <t>04012624</t>
   </si>
   <si>
     <t>Crescent frying pan, used handles “Amber Cast”; cast iron, wood;, H=40, L=215mm</t>
   </si>
   <si>
     <t>04021908</t>
   </si>
   <si>
     <t>Deep serving dish (handi) with lid “Prootel”; stainless steel, copper; 0.65 l; D=150, H=65mm; copper</t>
   </si>
   <si>
     <t>03021173</t>
   </si>
   <si>
     <t>King Metal</t>
   </si>
   <si>
     <t>Double-sided grill sheet; cast iron;, L=47, B=26cm</t>
   </si>
   <si>
     <t>04020577</t>
@@ -1396,54 +1396,54 @@
   <si>
     <t>Frying pan for fajitas on a stand “Amber Cast”; cast iron, wood; D=220, H=40, L=275, B=225mm; black, St. der</t>
   </si>
   <si>
     <t>04020706</t>
   </si>
   <si>
     <t>Daming</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand “Amber Cast”; cast iron, wood;, H=30, L=378/240, B=190mm; gray, dark wood</t>
   </si>
   <si>
     <t>04020705</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand “Amber Cast”; cast iron, wood;, H=4, L=32/20, B=20cm; black, wood.</t>
   </si>
   <si>
     <t>04020709</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand “Amber Cast”; cast iron, wood;, H=45, L=320/275, B=190mm; black, wood.</t>
   </si>
   <si>
+    <t>04020710</t>
+  </si>
+  <si>
     <t>04020711</t>
-  </si>
-[...1 lines deleted...]
-    <t>04020710</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand; cast iron, wood; D=16cm</t>
   </si>
   <si>
     <t>04021640</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand; cast iron, wood;, H=38, L=360/300, B=230mm; black, burgundy</t>
   </si>
   <si>
     <t>04021068</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand; cast iron, wood;, H=40, L=300/235, B=180mm; black, burgundy</t>
   </si>
   <si>
     <t>04020715</t>
   </si>
   <si>
     <t>Frying pan for fajitas oval; cast iron;, H=15, L=350, B=260mm; black</t>
   </si>
@@ -8090,194 +8090,194 @@
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>187</v>
+        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B84" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>202</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>96</v>
@@ -8289,191 +8289,191 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="0" t="s">
         <v>215</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>218</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>12</v>
@@ -8485,51 +8485,51 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>12</v>
@@ -8538,68 +8538,68 @@
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>244</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>247</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="0" t="s">
         <v>250</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
@@ -8667,135 +8667,135 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="0" t="s">
         <v>263</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>264</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="0" t="s">
         <v>267</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>268</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>270</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="0" t="s">
         <v>273</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>274</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>80</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="0" t="s">
         <v>281</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>282</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>79</v>
@@ -9843,65 +9843,65 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>433</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>93</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="0" t="s">
         <v>434</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>435</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="0" t="s">
         <v>436</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>437</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="0" t="s">
         <v>438</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>439</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>440</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>440</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="0" t="s">
         <v>441</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>442</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>96</v>
@@ -11957,93 +11957,93 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="0" t="s">
         <v>742</v>
       </c>
       <c r="B358" s="0" t="s">
         <v>743</v>
       </c>
       <c r="C358" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D358" s="0" t="s">
         <v>139</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="0" t="s">
         <v>744</v>
       </c>
       <c r="B359" s="0" t="s">
         <v>745</v>
       </c>
       <c r="C359" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="0" t="s">
         <v>746</v>
       </c>
       <c r="B360" s="0" t="s">
         <v>747</v>
       </c>
       <c r="C360" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="0" t="s">
         <v>748</v>
       </c>
       <c r="B361" s="0" t="s">
         <v>749</v>
       </c>
       <c r="C361" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="0" t="s">
         <v>750</v>
       </c>
       <c r="B362" s="0" t="s">
         <v>751</v>
       </c>
       <c r="C362" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="0" t="s">
         <v>752</v>
       </c>
       <c r="B363" s="0" t="s">
         <v>753</v>
       </c>
       <c r="C363" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D363" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="0" t="s">
         <v>754</v>
       </c>
       <c r="B364" s="0" t="s">
         <v>755</v>
       </c>
       <c r="C364" s="0" t="s">
         <v>96</v>
@@ -12125,121 +12125,121 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="0" t="s">
         <v>767</v>
       </c>
       <c r="B370" s="0" t="s">
         <v>768</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D370" s="0" t="s">
         <v>93</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="0" t="s">
         <v>769</v>
       </c>
       <c r="B371" s="0" t="s">
         <v>770</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="0" t="s">
         <v>771</v>
       </c>
       <c r="B372" s="0" t="s">
         <v>772</v>
       </c>
       <c r="C372" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="0" t="s">
         <v>773</v>
       </c>
       <c r="B373" s="0" t="s">
         <v>774</v>
       </c>
       <c r="C373" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D373" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="0" t="s">
         <v>775</v>
       </c>
       <c r="B374" s="0" t="s">
         <v>776</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="0" t="s">
         <v>777</v>
       </c>
       <c r="B375" s="0" t="s">
         <v>778</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="0" t="s">
         <v>779</v>
       </c>
       <c r="B376" s="0" t="s">
         <v>780</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D376" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="0" t="s">
         <v>781</v>
       </c>
       <c r="B377" s="0" t="s">
         <v>782</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D377" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="0" t="s">
         <v>783</v>
       </c>
       <c r="B378" s="0" t="s">
         <v>784</v>
       </c>
       <c r="C378" s="0" t="s">
         <v>93</v>
@@ -13315,177 +13315,177 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="0" t="s">
         <v>941</v>
       </c>
       <c r="B455" s="0" t="s">
         <v>942</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D455" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="0" t="s">
         <v>943</v>
       </c>
       <c r="B456" s="0" t="s">
         <v>944</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="0" t="s">
         <v>945</v>
       </c>
       <c r="B457" s="0" t="s">
         <v>946</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D457" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="0" t="s">
         <v>947</v>
       </c>
       <c r="B458" s="0" t="s">
         <v>948</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="0" t="s">
         <v>949</v>
       </c>
       <c r="B459" s="0" t="s">
         <v>950</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D459" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="0" t="s">
         <v>951</v>
       </c>
       <c r="B460" s="0" t="s">
         <v>952</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D460" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="0" t="s">
         <v>953</v>
       </c>
       <c r="B461" s="0" t="s">
         <v>954</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D461" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="0" t="s">
         <v>955</v>
       </c>
       <c r="B462" s="0" t="s">
         <v>956</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D462" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="0" t="s">
         <v>957</v>
       </c>
       <c r="B463" s="0" t="s">
         <v>958</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="0" t="s">
         <v>959</v>
       </c>
       <c r="B464" s="0" t="s">
         <v>960</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D464" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="0" t="s">
         <v>961</v>
       </c>
       <c r="B465" s="0" t="s">
         <v>962</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="0" t="s">
         <v>963</v>
       </c>
       <c r="B466" s="0" t="s">
         <v>964</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D466" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="0" t="s">
         <v>965</v>
       </c>
       <c r="B467" s="0" t="s">
         <v>966</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>96</v>
@@ -15723,135 +15723,135 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
       <c r="A627" s="0" t="s">
         <v>1287</v>
       </c>
       <c r="B627" s="0" t="s">
         <v>1288</v>
       </c>
       <c r="C627" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D627" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
       <c r="A628" s="0" t="s">
         <v>1289</v>
       </c>
       <c r="B628" s="0" t="s">
         <v>1290</v>
       </c>
       <c r="C628" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D628" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="629">
       <c r="A629" s="0" t="s">
         <v>1291</v>
       </c>
       <c r="B629" s="0" t="s">
         <v>1292</v>
       </c>
       <c r="C629" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D629" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="630">
       <c r="A630" s="0" t="s">
         <v>1293</v>
       </c>
       <c r="B630" s="0" t="s">
         <v>1294</v>
       </c>
       <c r="C630" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D630" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
       <c r="A631" s="0" t="s">
         <v>1295</v>
       </c>
       <c r="B631" s="0" t="s">
         <v>1296</v>
       </c>
       <c r="C631" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D631" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
       <c r="A632" s="0" t="s">
         <v>1297</v>
       </c>
       <c r="B632" s="0" t="s">
         <v>1298</v>
       </c>
       <c r="C632" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D632" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="0" t="s">
         <v>1299</v>
       </c>
       <c r="B633" s="0" t="s">
         <v>1300</v>
       </c>
       <c r="C633" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D633" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
       <c r="A634" s="0" t="s">
         <v>1301</v>
       </c>
       <c r="B634" s="0" t="s">
         <v>1302</v>
       </c>
       <c r="C634" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D634" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="0" t="s">
         <v>1303</v>
       </c>
       <c r="B635" s="0" t="s">
         <v>1304</v>
       </c>
       <c r="C635" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D635" s="0" t="s">
         <v>80</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="0" t="s">
         <v>1305</v>
       </c>
       <c r="B636" s="0" t="s">
         <v>1306</v>
       </c>
       <c r="C636" s="0" t="s">
         <v>79</v>
@@ -17291,65 +17291,65 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="739">
       <c r="A739" s="0" t="s">
         <v>1515</v>
       </c>
       <c r="B739" s="0" t="s">
         <v>1516</v>
       </c>
       <c r="C739" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D739" s="0" t="s">
         <v>80</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="740">
       <c r="A740" s="0" t="s">
         <v>1517</v>
       </c>
       <c r="B740" s="0" t="s">
         <v>1518</v>
       </c>
       <c r="C740" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D740" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="741">
       <c r="A741" s="0" t="s">
         <v>1519</v>
       </c>
       <c r="B741" s="0" t="s">
         <v>1520</v>
       </c>
       <c r="C741" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D741" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="742">
       <c r="A742" s="0" t="s">
         <v>1521</v>
       </c>
       <c r="B742" s="0" t="s">
         <v>1522</v>
       </c>
       <c r="C742" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D742" s="0" t="s">
         <v>80</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="743">
       <c r="A743" s="0" t="s">
         <v>1523</v>
       </c>
       <c r="B743" s="0" t="s">
         <v>1524</v>
       </c>
       <c r="C743" s="0" t="s">
         <v>138</v>
@@ -17585,163 +17585,163 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="760">
       <c r="A760" s="0" t="s">
         <v>1559</v>
       </c>
       <c r="B760" s="0" t="s">
         <v>1560</v>
       </c>
       <c r="C760" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D760" s="0" t="s">
         <v>93</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="761">
       <c r="A761" s="0" t="s">
         <v>1561</v>
       </c>
       <c r="B761" s="0" t="s">
         <v>1562</v>
       </c>
       <c r="C761" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D761" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="762">
       <c r="A762" s="0" t="s">
         <v>1563</v>
       </c>
       <c r="B762" s="0" t="s">
         <v>1564</v>
       </c>
       <c r="C762" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D762" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="763">
       <c r="A763" s="0" t="s">
         <v>1565</v>
       </c>
       <c r="B763" s="0" t="s">
         <v>1566</v>
       </c>
       <c r="C763" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D763" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="764">
       <c r="A764" s="0" t="s">
         <v>1567</v>
       </c>
       <c r="B764" s="0" t="s">
         <v>1568</v>
       </c>
       <c r="C764" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D764" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="765">
       <c r="A765" s="0" t="s">
         <v>1569</v>
       </c>
       <c r="B765" s="0" t="s">
         <v>1570</v>
       </c>
       <c r="C765" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D765" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="766">
       <c r="A766" s="0" t="s">
         <v>1571</v>
       </c>
       <c r="B766" s="0" t="s">
         <v>1572</v>
       </c>
       <c r="C766" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D766" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="767">
       <c r="A767" s="0" t="s">
         <v>1573</v>
       </c>
       <c r="B767" s="0" t="s">
         <v>1574</v>
       </c>
       <c r="C767" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D767" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="768">
       <c r="A768" s="0" t="s">
         <v>1575</v>
       </c>
       <c r="B768" s="0" t="s">
         <v>1576</v>
       </c>
       <c r="C768" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D768" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="769">
       <c r="A769" s="0" t="s">
         <v>1577</v>
       </c>
       <c r="B769" s="0" t="s">
         <v>1578</v>
       </c>
       <c r="C769" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D769" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="770">
       <c r="A770" s="0" t="s">
         <v>1579</v>
       </c>
       <c r="B770" s="0" t="s">
         <v>1580</v>
       </c>
       <c r="C770" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D770" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="771">
       <c r="A771" s="0" t="s">
         <v>1581</v>
       </c>
       <c r="B771" s="0" t="s">
         <v>1582</v>
       </c>
       <c r="C771" s="0" t="s">
         <v>96</v>
@@ -17837,303 +17837,303 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="778">
       <c r="A778" s="0" t="s">
         <v>1595</v>
       </c>
       <c r="B778" s="0" t="s">
         <v>1596</v>
       </c>
       <c r="C778" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D778" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="779">
       <c r="A779" s="0" t="s">
         <v>1597</v>
       </c>
       <c r="B779" s="0" t="s">
         <v>1598</v>
       </c>
       <c r="C779" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D779" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="780">
       <c r="A780" s="0" t="s">
         <v>1599</v>
       </c>
       <c r="B780" s="0" t="s">
         <v>1600</v>
       </c>
       <c r="C780" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D780" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="781">
       <c r="A781" s="0" t="s">
         <v>1601</v>
       </c>
       <c r="B781" s="0" t="s">
         <v>1602</v>
       </c>
       <c r="C781" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D781" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="782">
       <c r="A782" s="0" t="s">
         <v>1603</v>
       </c>
       <c r="B782" s="0" t="s">
         <v>1604</v>
       </c>
       <c r="C782" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D782" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="783">
       <c r="A783" s="0" t="s">
         <v>1605</v>
       </c>
       <c r="B783" s="0" t="s">
         <v>1606</v>
       </c>
       <c r="C783" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D783" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="784">
       <c r="A784" s="0" t="s">
         <v>1607</v>
       </c>
       <c r="B784" s="0" t="s">
         <v>1608</v>
       </c>
       <c r="C784" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D784" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="785">
       <c r="A785" s="0" t="s">
         <v>1609</v>
       </c>
       <c r="B785" s="0" t="s">
         <v>1610</v>
       </c>
       <c r="C785" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D785" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="786">
       <c r="A786" s="0" t="s">
         <v>1611</v>
       </c>
       <c r="B786" s="0" t="s">
         <v>1612</v>
       </c>
       <c r="C786" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D786" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="787">
       <c r="A787" s="0" t="s">
         <v>1613</v>
       </c>
       <c r="B787" s="0" t="s">
         <v>1614</v>
       </c>
       <c r="C787" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D787" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="788">
       <c r="A788" s="0" t="s">
         <v>1615</v>
       </c>
       <c r="B788" s="0" t="s">
         <v>1616</v>
       </c>
       <c r="C788" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D788" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="789">
       <c r="A789" s="0" t="s">
         <v>1617</v>
       </c>
       <c r="B789" s="0" t="s">
         <v>1618</v>
       </c>
       <c r="C789" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D789" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="790">
       <c r="A790" s="0" t="s">
         <v>1619</v>
       </c>
       <c r="B790" s="0" t="s">
         <v>1620</v>
       </c>
       <c r="C790" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D790" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="791">
       <c r="A791" s="0" t="s">
         <v>1621</v>
       </c>
       <c r="B791" s="0" t="s">
         <v>1622</v>
       </c>
       <c r="C791" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D791" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="792">
       <c r="A792" s="0" t="s">
         <v>1623</v>
       </c>
       <c r="B792" s="0" t="s">
         <v>1624</v>
       </c>
       <c r="C792" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D792" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="793">
       <c r="A793" s="0" t="s">
         <v>1625</v>
       </c>
       <c r="B793" s="0" t="s">
         <v>1626</v>
       </c>
       <c r="C793" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D793" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="794">
       <c r="A794" s="0" t="s">
         <v>1627</v>
       </c>
       <c r="B794" s="0" t="s">
         <v>1628</v>
       </c>
       <c r="C794" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D794" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="795">
       <c r="A795" s="0" t="s">
         <v>1629</v>
       </c>
       <c r="B795" s="0" t="s">
         <v>1630</v>
       </c>
       <c r="C795" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D795" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="796">
       <c r="A796" s="0" t="s">
         <v>1631</v>
       </c>
       <c r="B796" s="0" t="s">
         <v>1632</v>
       </c>
       <c r="C796" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D796" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="797">
       <c r="A797" s="0" t="s">
         <v>1633</v>
       </c>
       <c r="B797" s="0" t="s">
         <v>1634</v>
       </c>
       <c r="C797" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D797" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="798">
       <c r="A798" s="0" t="s">
         <v>1635</v>
       </c>
       <c r="B798" s="0" t="s">
         <v>1636</v>
       </c>
       <c r="C798" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D798" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="799">
       <c r="A799" s="0" t="s">
         <v>1637</v>
       </c>
       <c r="B799" s="0" t="s">
         <v>1638</v>
       </c>
       <c r="C799" s="0" t="s">
         <v>125</v>
@@ -18299,51 +18299,51 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="811">
       <c r="A811" s="0" t="s">
         <v>1661</v>
       </c>
       <c r="B811" s="0" t="s">
         <v>1662</v>
       </c>
       <c r="C811" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D811" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="812">
       <c r="A812" s="0" t="s">
         <v>1663</v>
       </c>
       <c r="B812" s="0" t="s">
         <v>1664</v>
       </c>
       <c r="C812" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D812" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="813">
       <c r="A813" s="0" t="s">
         <v>1665</v>
       </c>
       <c r="B813" s="0" t="s">
         <v>1666</v>
       </c>
       <c r="C813" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D813" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="814">
       <c r="A814" s="0" t="s">
         <v>1667</v>
       </c>
       <c r="B814" s="0" t="s">
         <v>1668</v>
       </c>
       <c r="C814" s="0" t="s">
         <v>12</v>
@@ -18509,205 +18509,205 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="826">
       <c r="A826" s="0" t="s">
         <v>1691</v>
       </c>
       <c r="B826" s="0" t="s">
         <v>1692</v>
       </c>
       <c r="C826" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D826" s="0" t="s">
         <v>139</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="827">
       <c r="A827" s="0" t="s">
         <v>1693</v>
       </c>
       <c r="B827" s="0" t="s">
         <v>1694</v>
       </c>
       <c r="C827" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D827" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="828">
       <c r="A828" s="0" t="s">
         <v>1695</v>
       </c>
       <c r="B828" s="0" t="s">
         <v>1696</v>
       </c>
       <c r="C828" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D828" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="829">
       <c r="A829" s="0" t="s">
         <v>1697</v>
       </c>
       <c r="B829" s="0" t="s">
         <v>1698</v>
       </c>
       <c r="C829" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D829" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="830">
       <c r="A830" s="0" t="s">
         <v>1699</v>
       </c>
       <c r="B830" s="0" t="s">
         <v>1700</v>
       </c>
       <c r="C830" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D830" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="831">
       <c r="A831" s="0" t="s">
         <v>1701</v>
       </c>
       <c r="B831" s="0" t="s">
         <v>1702</v>
       </c>
       <c r="C831" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D831" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="832">
       <c r="A832" s="0" t="s">
         <v>1703</v>
       </c>
       <c r="B832" s="0" t="s">
         <v>1704</v>
       </c>
       <c r="C832" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D832" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="833">
       <c r="A833" s="0" t="s">
         <v>1705</v>
       </c>
       <c r="B833" s="0" t="s">
         <v>1706</v>
       </c>
       <c r="C833" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D833" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="834">
       <c r="A834" s="0" t="s">
         <v>1707</v>
       </c>
       <c r="B834" s="0" t="s">
         <v>1708</v>
       </c>
       <c r="C834" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D834" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="835">
       <c r="A835" s="0" t="s">
         <v>1709</v>
       </c>
       <c r="B835" s="0" t="s">
         <v>1710</v>
       </c>
       <c r="C835" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D835" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="836">
       <c r="A836" s="0" t="s">
         <v>1711</v>
       </c>
       <c r="B836" s="0" t="s">
         <v>1712</v>
       </c>
       <c r="C836" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D836" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="837">
       <c r="A837" s="0" t="s">
         <v>1713</v>
       </c>
       <c r="B837" s="0" t="s">
         <v>1714</v>
       </c>
       <c r="C837" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D837" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="838">
       <c r="A838" s="0" t="s">
         <v>1715</v>
       </c>
       <c r="B838" s="0" t="s">
         <v>1716</v>
       </c>
       <c r="C838" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D838" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="839">
       <c r="A839" s="0" t="s">
         <v>1717</v>
       </c>
       <c r="B839" s="0" t="s">
         <v>1718</v>
       </c>
       <c r="C839" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D839" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="840">
       <c r="A840" s="0" t="s">
         <v>1719</v>
       </c>
       <c r="B840" s="0" t="s">
         <v>1720</v>
       </c>
       <c r="C840" s="0" t="s">
         <v>12</v>
@@ -19279,79 +19279,79 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="881">
       <c r="A881" s="0" t="s">
         <v>1802</v>
       </c>
       <c r="B881" s="0" t="s">
         <v>1803</v>
       </c>
       <c r="C881" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D881" s="0" t="s">
         <v>714</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="882">
       <c r="A882" s="0" t="s">
         <v>1804</v>
       </c>
       <c r="B882" s="0" t="s">
         <v>1805</v>
       </c>
       <c r="C882" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D882" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="883">
       <c r="A883" s="0" t="s">
         <v>1806</v>
       </c>
       <c r="B883" s="0" t="s">
         <v>1807</v>
       </c>
       <c r="C883" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D883" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="884">
       <c r="A884" s="0" t="s">
         <v>1808</v>
       </c>
       <c r="B884" s="0" t="s">
         <v>1809</v>
       </c>
       <c r="C884" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D884" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="885">
       <c r="A885" s="0" t="s">
         <v>1810</v>
       </c>
       <c r="B885" s="0" t="s">
         <v>1811</v>
       </c>
       <c r="C885" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D885" s="0" t="s">
         <v>80</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="886">
       <c r="A886" s="0" t="s">
         <v>1812</v>
       </c>
       <c r="B886" s="0" t="s">
         <v>1813</v>
       </c>
       <c r="C886" s="0" t="s">
         <v>79</v>
@@ -19979,177 +19979,177 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="931">
       <c r="A931" s="0" t="s">
         <v>1904</v>
       </c>
       <c r="B931" s="0" t="s">
         <v>1905</v>
       </c>
       <c r="C931" s="0" t="s">
         <v>547</v>
       </c>
       <c r="D931" s="0" t="s">
         <v>547</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="932">
       <c r="A932" s="0" t="s">
         <v>1906</v>
       </c>
       <c r="B932" s="0" t="s">
         <v>1907</v>
       </c>
       <c r="C932" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D932" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="933">
       <c r="A933" s="0" t="s">
         <v>1908</v>
       </c>
       <c r="B933" s="0" t="s">
         <v>1909</v>
       </c>
       <c r="C933" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D933" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="934">
       <c r="A934" s="0" t="s">
         <v>1910</v>
       </c>
       <c r="B934" s="0" t="s">
         <v>1911</v>
       </c>
       <c r="C934" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D934" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="935">
       <c r="A935" s="0" t="s">
         <v>1912</v>
       </c>
       <c r="B935" s="0" t="s">
         <v>1913</v>
       </c>
       <c r="C935" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D935" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="936">
       <c r="A936" s="0" t="s">
         <v>1914</v>
       </c>
       <c r="B936" s="0" t="s">
         <v>1915</v>
       </c>
       <c r="C936" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D936" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="937">
       <c r="A937" s="0" t="s">
         <v>1916</v>
       </c>
       <c r="B937" s="0" t="s">
         <v>1917</v>
       </c>
       <c r="C937" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D937" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="938">
       <c r="A938" s="0" t="s">
         <v>1918</v>
       </c>
       <c r="B938" s="0" t="s">
         <v>1919</v>
       </c>
       <c r="C938" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D938" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="939">
       <c r="A939" s="0" t="s">
         <v>1920</v>
       </c>
       <c r="B939" s="0" t="s">
         <v>1921</v>
       </c>
       <c r="C939" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D939" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="940">
       <c r="A940" s="0" t="s">
         <v>1922</v>
       </c>
       <c r="B940" s="0" t="s">
         <v>1923</v>
       </c>
       <c r="C940" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D940" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="941">
       <c r="A941" s="0" t="s">
         <v>1924</v>
       </c>
       <c r="B941" s="0" t="s">
         <v>1925</v>
       </c>
       <c r="C941" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D941" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="942">
       <c r="A942" s="0" t="s">
         <v>1926</v>
       </c>
       <c r="B942" s="0" t="s">
         <v>1927</v>
       </c>
       <c r="C942" s="0" t="s">
         <v>547</v>
       </c>
       <c r="D942" s="0" t="s">
         <v>547</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="943">
       <c r="A943" s="0" t="s">
         <v>1928</v>
       </c>
       <c r="B943" s="0" t="s">
         <v>1929</v>
       </c>
       <c r="C943" s="0" t="s">
         <v>12</v>
@@ -20329,121 +20329,121 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="956">
       <c r="A956" s="0" t="s">
         <v>1954</v>
       </c>
       <c r="B956" s="0" t="s">
         <v>1955</v>
       </c>
       <c r="C956" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D956" s="0" t="s">
         <v>80</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="957">
       <c r="A957" s="0" t="s">
         <v>1956</v>
       </c>
       <c r="B957" s="0" t="s">
         <v>1957</v>
       </c>
       <c r="C957" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D957" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="958">
       <c r="A958" s="0" t="s">
         <v>1958</v>
       </c>
       <c r="B958" s="0" t="s">
         <v>1959</v>
       </c>
       <c r="C958" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D958" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="959">
       <c r="A959" s="0" t="s">
         <v>1960</v>
       </c>
       <c r="B959" s="0" t="s">
         <v>1961</v>
       </c>
       <c r="C959" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D959" s="0" t="s">
         <v>80</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="960">
       <c r="A960" s="0" t="s">
         <v>1962</v>
       </c>
       <c r="B960" s="0" t="s">
         <v>1963</v>
       </c>
       <c r="C960" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D960" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="961">
       <c r="A961" s="0" t="s">
         <v>1964</v>
       </c>
       <c r="B961" s="0" t="s">
         <v>1965</v>
       </c>
       <c r="C961" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D961" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="962">
       <c r="A962" s="0" t="s">
         <v>1966</v>
       </c>
       <c r="B962" s="0" t="s">
         <v>1967</v>
       </c>
       <c r="C962" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D962" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="963">
       <c r="A963" s="0" t="s">
         <v>1968</v>
       </c>
       <c r="B963" s="0" t="s">
         <v>1969</v>
       </c>
       <c r="C963" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D963" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="964">
       <c r="A964" s="0" t="s">
         <v>1970</v>
       </c>
       <c r="B964" s="0" t="s">
         <v>1971</v>
       </c>
       <c r="C964" s="0" t="s">
         <v>125</v>
@@ -20735,163 +20735,163 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="985">
       <c r="A985" s="0" t="s">
         <v>2012</v>
       </c>
       <c r="B985" s="0" t="s">
         <v>2013</v>
       </c>
       <c r="C985" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D985" s="0" t="s">
         <v>139</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="986">
       <c r="A986" s="0" t="s">
         <v>2014</v>
       </c>
       <c r="B986" s="0" t="s">
         <v>2015</v>
       </c>
       <c r="C986" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D986" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="987">
       <c r="A987" s="0" t="s">
         <v>2016</v>
       </c>
       <c r="B987" s="0" t="s">
         <v>2017</v>
       </c>
       <c r="C987" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D987" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="988">
       <c r="A988" s="0" t="s">
         <v>2018</v>
       </c>
       <c r="B988" s="0" t="s">
         <v>2019</v>
       </c>
       <c r="C988" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D988" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="989">
       <c r="A989" s="0" t="s">
         <v>2020</v>
       </c>
       <c r="B989" s="0" t="s">
         <v>2021</v>
       </c>
       <c r="C989" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D989" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="990">
       <c r="A990" s="0" t="s">
         <v>2022</v>
       </c>
       <c r="B990" s="0" t="s">
         <v>2023</v>
       </c>
       <c r="C990" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D990" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="991">
       <c r="A991" s="0" t="s">
         <v>2024</v>
       </c>
       <c r="B991" s="0" t="s">
         <v>2025</v>
       </c>
       <c r="C991" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D991" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="992">
       <c r="A992" s="0" t="s">
         <v>2026</v>
       </c>
       <c r="B992" s="0" t="s">
         <v>2027</v>
       </c>
       <c r="C992" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D992" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="993">
       <c r="A993" s="0" t="s">
         <v>2028</v>
       </c>
       <c r="B993" s="0" t="s">
         <v>2029</v>
       </c>
       <c r="C993" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D993" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="994">
       <c r="A994" s="0" t="s">
         <v>2030</v>
       </c>
       <c r="B994" s="0" t="s">
         <v>2031</v>
       </c>
       <c r="C994" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D994" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="995">
       <c r="A995" s="0" t="s">
         <v>2032</v>
       </c>
       <c r="B995" s="0" t="s">
         <v>2033</v>
       </c>
       <c r="C995" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D995" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="996">
       <c r="A996" s="0" t="s">
         <v>2034</v>
       </c>
       <c r="B996" s="0" t="s">
         <v>2035</v>
       </c>
       <c r="C996" s="0" t="s">
         <v>12</v>
@@ -21127,51 +21127,51 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1013">
       <c r="A1013" s="0" t="s">
         <v>2068</v>
       </c>
       <c r="B1013" s="0" t="s">
         <v>2069</v>
       </c>
       <c r="C1013" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D1013" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1014">
       <c r="A1014" s="0" t="s">
         <v>2070</v>
       </c>
       <c r="B1014" s="0" t="s">
         <v>2071</v>
       </c>
       <c r="C1014" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1014" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1015">
       <c r="A1015" s="0" t="s">
         <v>2072</v>
       </c>
       <c r="B1015" s="0" t="s">
         <v>2073</v>
       </c>
       <c r="C1015" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D1015" s="0" t="s">
         <v>93</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1016">
       <c r="A1016" s="0" t="s">
         <v>2074</v>
       </c>
       <c r="B1016" s="0" t="s">
         <v>2075</v>
       </c>
       <c r="C1016" s="0" t="s">
         <v>96</v>
@@ -21421,51 +21421,51 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1034">
       <c r="A1034" s="0" t="s">
         <v>2110</v>
       </c>
       <c r="B1034" s="0" t="s">
         <v>2111</v>
       </c>
       <c r="C1034" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D1034" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1035">
       <c r="A1035" s="0" t="s">
         <v>2112</v>
       </c>
       <c r="B1035" s="0" t="s">
         <v>2113</v>
       </c>
       <c r="C1035" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1035" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1036">
       <c r="A1036" s="0" t="s">
         <v>2114</v>
       </c>
       <c r="B1036" s="0" t="s">
         <v>2115</v>
       </c>
       <c r="C1036" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D1036" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1037">
       <c r="A1037" s="0" t="s">
         <v>2116</v>
       </c>
       <c r="B1037" s="0" t="s">
         <v>2117</v>
       </c>
       <c r="C1037" s="0" t="s">
         <v>96</v>