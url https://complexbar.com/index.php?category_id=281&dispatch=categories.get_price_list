--- v1 (2025-11-26)
+++ v2 (2025-12-18)
@@ -556,134 +556,134 @@
   <si>
     <t>04012278</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=14,H=4cm;metal.</t>
   </si>
   <si>
     <t>04140783</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=14cm;metal.</t>
   </si>
   <si>
     <t>04012643</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=160,H=30,L=175mm;metal.</t>
   </si>
   <si>
     <t>04140752</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=16cm;metal.</t>
   </si>
   <si>
+    <t>04012627</t>
+  </si>
+  <si>
     <t>04012632</t>
   </si>
   <si>
-    <t>04012627</t>
-[...1 lines deleted...]
-  <si>
     <t>Cover;stainless steel;D=18,H=3,L=19,B=19cm;metal.</t>
   </si>
   <si>
     <t>04140753</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=18cm;metal.</t>
   </si>
   <si>
     <t>04012628</t>
   </si>
   <si>
     <t>04012625</t>
   </si>
   <si>
     <t>Linkfair</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=200,H=45,L=215,B=215mm;metal.</t>
   </si>
   <si>
     <t>04140754</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=20cm</t>
   </si>
   <si>
     <t>04012645</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=20cm;metal.</t>
   </si>
   <si>
+    <t>04012629</t>
+  </si>
+  <si>
     <t>04012649</t>
   </si>
   <si>
     <t>04012631</t>
   </si>
   <si>
-    <t>04012629</t>
-[...1 lines deleted...]
-  <si>
     <t>Cover;stainless steel;D=220,H=45,L=235,B=235mm;metal.</t>
   </si>
   <si>
     <t>04140755</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=22cm</t>
   </si>
   <si>
     <t>04012634</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=24,H=3cm;metal.</t>
   </si>
   <si>
     <t>04140756</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=240,H=65mm;metal.</t>
   </si>
   <si>
     <t>04012635</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=24cm;metal.</t>
   </si>
   <si>
+    <t>04140789</t>
+  </si>
+  <si>
+    <t>04012630</t>
+  </si>
+  <si>
     <t>04140700</t>
   </si>
   <si>
-    <t>04140789</t>
-[...4 lines deleted...]
-  <si>
     <t>Cover;stainless steel;D=26cm</t>
   </si>
   <si>
     <t>04012636</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=26cm;metal.</t>
   </si>
   <si>
     <t>04140775</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=280,H=40,L=295,B=295mm;metal.</t>
   </si>
   <si>
     <t>04140757</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=280,H=65mm;metal.</t>
   </si>
   <si>
     <t>04012637</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=28cm;metal.</t>
@@ -751,56 +751,56 @@
   <si>
     <t>04012641</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=40cm;metal.</t>
   </si>
   <si>
     <t>04140798</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=45,H=4,L=45,B=45cm;metal.</t>
   </si>
   <si>
     <t>04140761</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=500,H=50,L=525,B=525mm;metal.</t>
   </si>
   <si>
     <t>04140762</t>
   </si>
   <si>
     <t>Cover;stainless steel;D=50cm;metal.</t>
   </si>
   <si>
+    <t>04012616</t>
+  </si>
+  <si>
     <t>04140701</t>
   </si>
   <si>
-    <t>04012616</t>
-[...1 lines deleted...]
-  <si>
     <t>Cover;stainless steel;D=60cm;metal.</t>
   </si>
   <si>
     <t>04012624</t>
   </si>
   <si>
     <t>Crescent frying pan, used handles “Amber Cast”; cast iron, wood;, H=40, L=215mm</t>
   </si>
   <si>
     <t>04021908</t>
   </si>
   <si>
     <t>Deep serving dish (handi) with lid “Prootel”; stainless steel, copper; 0.65 l; D=150, H=65mm; copper</t>
   </si>
   <si>
     <t>03021173</t>
   </si>
   <si>
     <t>King Metal</t>
   </si>
   <si>
     <t>Double-sided grill sheet; cast iron;, L=47, B=26cm</t>
   </si>
   <si>
     <t>04020577</t>
@@ -1396,54 +1396,54 @@
   <si>
     <t>Frying pan for fajitas on a stand “Amber Cast”; cast iron, wood; D=220, H=40, L=275, B=225mm; black, St. der</t>
   </si>
   <si>
     <t>04020706</t>
   </si>
   <si>
     <t>Daming</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand “Amber Cast”; cast iron, wood;, H=30, L=378/240, B=190mm; gray, dark wood</t>
   </si>
   <si>
     <t>04020705</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand “Amber Cast”; cast iron, wood;, H=4, L=32/20, B=20cm; black, wood.</t>
   </si>
   <si>
     <t>04020709</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand “Amber Cast”; cast iron, wood;, H=45, L=320/275, B=190mm; black, wood.</t>
   </si>
   <si>
+    <t>04020711</t>
+  </si>
+  <si>
     <t>04020710</t>
-  </si>
-[...1 lines deleted...]
-    <t>04020711</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand; cast iron, wood; D=16cm</t>
   </si>
   <si>
     <t>04021640</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand; cast iron, wood;, H=38, L=360/300, B=230mm; black, burgundy</t>
   </si>
   <si>
     <t>04021068</t>
   </si>
   <si>
     <t>Frying pan for fajitas on a stand; cast iron, wood;, H=40, L=300/235, B=180mm; black, burgundy</t>
   </si>
   <si>
     <t>04020715</t>
   </si>
   <si>
     <t>Frying pan for fajitas oval; cast iron;, H=15, L=350, B=260mm; black</t>
   </si>
@@ -8048,68 +8048,68 @@
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>96</v>
@@ -8146,82 +8146,82 @@
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
@@ -8244,68 +8244,68 @@
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
@@ -8538,68 +8538,68 @@
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>244</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>247</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="0" t="s">
         <v>250</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>