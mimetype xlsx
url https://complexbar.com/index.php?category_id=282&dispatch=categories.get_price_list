--- v0 (2025-10-10)
+++ v1 (2025-12-02)
@@ -1912,56 +1912,56 @@
   <si>
     <t>Cutting board; polyethylene;, H=20, L=320, B=265mm; green.</t>
   </si>
   <si>
     <t>04091056</t>
   </si>
   <si>
     <t>Cutting board; polyethylene;, H=20, L=530, B=325mm; blue.</t>
   </si>
   <si>
     <t>04090320</t>
   </si>
   <si>
     <t>Cutting board; polyethylene;, H=20, L=530, B=325mm; brown.</t>
   </si>
   <si>
     <t>04090271</t>
   </si>
   <si>
     <t>04090314</t>
   </si>
   <si>
     <t>Cutting board; polyethylene;, H=20, L=530, B=325mm; green.</t>
   </si>
   <si>
+    <t>04090273</t>
+  </si>
+  <si>
     <t>04090316</t>
   </si>
   <si>
-    <t>04090273</t>
-[...1 lines deleted...]
-  <si>
     <t>Cutting board; polyethylene;, H=20, L=530, B=325mm; yellow.</t>
   </si>
   <si>
     <t>04090270</t>
   </si>
   <si>
     <t>04090313</t>
   </si>
   <si>
     <t>Cutting board; polyethylene;, L=50, B=30cm; brown.</t>
   </si>
   <si>
     <t>04090344</t>
   </si>
   <si>
     <t>Cutting board; polyethylene;, L=50, B=30cm; green.</t>
   </si>
   <si>
     <t>04090345</t>
   </si>
   <si>
     <t>Cutting board; polyethylene;, L=50, B=30cm; yellow.</t>
   </si>
   <si>
     <t>04090343</t>
@@ -2527,54 +2527,54 @@
   <si>
     <t>Cutting board;polyethylene;,H=20,L=530,B=325mm;black</t>
   </si>
   <si>
     <t>04090388</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,H=20,L=530,B=325mm;blue</t>
   </si>
   <si>
     <t>04090279</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,H=20,L=530,B=325mm;red</t>
   </si>
   <si>
     <t>04090315</t>
   </si>
   <si>
     <t>04090272</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,H=20,L=530,B=325mm;white</t>
   </si>
   <si>
+    <t>04090357</t>
+  </si>
+  <si>
     <t>04090269</t>
-  </si>
-[...1 lines deleted...]
-    <t>04090357</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,L=50,B=30cm;blue</t>
   </si>
   <si>
     <t>04090342</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,L=50,B=30cm;red</t>
   </si>
   <si>
     <t>04090341</t>
   </si>
   <si>
     <t>Cutting board;polyethylene;,L=50,B=30cm;white</t>
   </si>
   <si>
     <t>04090346</t>
   </si>
   <si>
     <t>Cutting board;polyprop.;,H=9,L=250,B=150mm;white</t>
   </si>
   <si>
     <t>04090387</t>
   </si>
@@ -10903,68 +10903,68 @@
         <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="0" t="s">
         <v>629</v>
       </c>
       <c r="B296" s="0" t="s">
         <v>631</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D296" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="0" t="s">
         <v>632</v>
       </c>
       <c r="B297" s="0" t="s">
         <v>633</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>8</v>
+        <v>82</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="0" t="s">
         <v>632</v>
       </c>
       <c r="B298" s="0" t="s">
         <v>634</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>82</v>
+        <v>8</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>82</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="0" t="s">
         <v>635</v>
       </c>
       <c r="B299" s="0" t="s">
         <v>636</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D299" s="0" t="s">
         <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="0" t="s">
         <v>635</v>
       </c>
       <c r="B300" s="0" t="s">
         <v>637</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>8</v>
@@ -12325,68 +12325,68 @@
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="0" t="s">
         <v>834</v>
       </c>
       <c r="B399" s="0" t="s">
         <v>836</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D399" s="0" t="s">
         <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="0" t="s">
         <v>837</v>
       </c>
       <c r="B400" s="0" t="s">
         <v>838</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>82</v>
+        <v>8</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>82</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="0" t="s">
         <v>837</v>
       </c>
       <c r="B401" s="0" t="s">
         <v>839</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>8</v>
+        <v>82</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="0" t="s">
         <v>840</v>
       </c>
       <c r="B402" s="0" t="s">
         <v>841</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D402" s="0" t="s">
         <v>199</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="0" t="s">
         <v>842</v>
       </c>
       <c r="B403" s="0" t="s">
         <v>843</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>198</v>