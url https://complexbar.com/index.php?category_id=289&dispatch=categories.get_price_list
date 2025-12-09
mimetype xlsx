--- v0 (2025-10-10)
+++ v1 (2025-12-09)
@@ -484,54 +484,54 @@
   <si>
     <t>04142575</t>
   </si>
   <si>
     <t>Solid spatula[10pcs];plastic;,L=12,B=9cm;white</t>
   </si>
   <si>
     <t>04142563</t>
   </si>
   <si>
     <t>Solid spatula[10pcs];plastic;,L=125,B=90mm;white</t>
   </si>
   <si>
     <t>04142564</t>
   </si>
   <si>
     <t>Solid spatula[10pcs];plastic;,L=14,B=9cm;white</t>
   </si>
   <si>
     <t>04142567</t>
   </si>
   <si>
     <t>Solid spatula[10pcs];plastic;,L=145,B=95mm;white</t>
   </si>
   <si>
+    <t>04142576</t>
+  </si>
+  <si>
     <t>04142572</t>
-  </si>
-[...1 lines deleted...]
-    <t>04142576</t>
   </si>
   <si>
     <t>Solid spatula[10pcs];plastic;,L=15,B=11cm;white</t>
   </si>
   <si>
     <t>04142574</t>
   </si>
   <si>
     <t>Solid spatula[10pcs];plastic;,L=15,B=15cm;white</t>
   </si>
   <si>
     <t>04142571</t>
   </si>
   <si>
     <t>Solid spatula[10pcs];plastic;,L=19.5,B=15cm;white</t>
   </si>
   <si>
     <t>04142570</t>
   </si>
   <si>
     <t>Solid spatula[10pcs];plastic;,L=21.5,B=13cm;white</t>
   </si>
   <si>
     <t>04142569</t>
   </si>