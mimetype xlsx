--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -151,57 +151,57 @@
   <si>
     <t>MATFER</t>
   </si>
   <si>
     <t>Bottle opener;stainless steel;,L=11,B=4cm;metal.</t>
   </si>
   <si>
     <t>04100507</t>
   </si>
   <si>
     <t>Bottle opener;stainless steel;,L=18,B=4cm;gold</t>
   </si>
   <si>
     <t>04100162</t>
   </si>
   <si>
     <t>Lumian</t>
   </si>
   <si>
     <t>Lumian S.r.l.</t>
   </si>
   <si>
     <t>Bottle opener;stainless steel;,L=18,B=4cm;silver.</t>
   </si>
   <si>
+    <t>04100160</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
     <t>04100161</t>
-  </si>
-[...4 lines deleted...]
-    <t>APS</t>
   </si>
   <si>
     <t>Bottle opener;stainless steel;,L=190,B=37mm;silver.</t>
   </si>
   <si>
     <t>04100155</t>
   </si>
   <si>
     <t>Champagne opener with stopper; stainless steel, plastic;, H=40, L=150, B=123mm; silver.</t>
   </si>
   <si>
     <t>04100101</t>
   </si>
   <si>
     <t>Ghidini</t>
   </si>
   <si>
     <t>GHID</t>
   </si>
   <si>
     <t>Champagne opener “Exesoriz”;stainless steel;,H=5,L=210,B=140mm;silver.</t>
   </si>
   <si>
     <t>04100504</t>
   </si>
@@ -875,68 +875,68 @@
         <v>30</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>53</v>
@@ -1785,54 +1785,54 @@
         <v>54</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>185</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Doc Author</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>