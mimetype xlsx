--- v0 (2025-10-10)
+++ v1 (2025-12-02)
@@ -2035,69 +2035,69 @@
   <si>
     <t>04145331</t>
   </si>
   <si>
     <t>Set of pastry nozzles[2pcs];stainless steel;D=15mm</t>
   </si>
   <si>
     <t>04146228</t>
   </si>
   <si>
     <t>Set of pastry nozzles[2pcs];stainless steel;D=2cm</t>
   </si>
   <si>
     <t>04145336</t>
   </si>
   <si>
     <t>Set of pastry nozzles[55pcs];stainless steel;,H=30,L=210,B=165mm;metal.</t>
   </si>
   <si>
     <t>04140168</t>
   </si>
   <si>
     <t>Set of pastry nozzles[6pcs]</t>
   </si>
   <si>
+    <t>04144977</t>
+  </si>
+  <si>
+    <t>04144980</t>
+  </si>
+  <si>
+    <t>04144983</t>
+  </si>
+  <si>
+    <t>04144976</t>
+  </si>
+  <si>
+    <t>04144981</t>
+  </si>
+  <si>
+    <t>04144982</t>
+  </si>
+  <si>
     <t>09100465</t>
-  </si>
-[...16 lines deleted...]
-    <t>04144982</t>
   </si>
   <si>
     <t>Set of pastry nozzles[6pcs];stainless steel;D=12mm</t>
   </si>
   <si>
     <t>04146682</t>
   </si>
   <si>
     <t>Set of pastry nozzles[6pcs];stainless steel;D=14mm</t>
   </si>
   <si>
     <t>04146681</t>
   </si>
   <si>
     <t>Set of pastry nozzles[6pcs];stainless steel;D=1cm</t>
   </si>
   <si>
     <t>04146683</t>
   </si>
   <si>
     <t>Set of pastry nozzles[6pcs];steel;D=24,H=40,L=115,B=60mm;metal.</t>
   </si>
   <si>
     <t>04140292</t>
   </si>