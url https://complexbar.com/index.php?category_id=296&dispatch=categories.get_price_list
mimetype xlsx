--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -121,57 +121,57 @@
   <si>
     <t>Flour scoop;plastic;2.1l;,L=48,B=18cm;black</t>
   </si>
   <si>
     <t>04141629</t>
   </si>
   <si>
     <t>Flour scoop;polyprop.;0.5l;,H=5,L=31,B=12cm;white</t>
   </si>
   <si>
     <t>04141619</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>Flour scoop;polyprop.;100ml;,L=20,B=7cm;beige.</t>
   </si>
   <si>
     <t>04141625</t>
   </si>
   <si>
     <t>Flour scoop;polyprop.;250ml;,L=25,B=9cm;white</t>
   </si>
   <si>
+    <t>04141618</t>
+  </si>
+  <si>
     <t>04141635</t>
   </si>
   <si>
     <t>De Buyer</t>
-  </si>
-[...1 lines deleted...]
-    <t>04141618</t>
   </si>
   <si>
     <t>Flour scoop;polyprop.;250ml;,L=275,B=95mm;beige.</t>
   </si>
   <si>
     <t>04141630</t>
   </si>
   <si>
     <t>Flour scoop;stainless steel;400ml;,L=263,B=78mm;silver.</t>
   </si>
   <si>
     <t>04141603</t>
   </si>
   <si>
     <t>Measured flour scoop; polyprop.; 0.85 l;, L=35/14.5 cm; white</t>
   </si>
   <si>
     <t>04141613</t>
   </si>
   <si>
     <t>Measured flour scoop; polyprop.; 1.5 l;, L=40/17.7 cm; white</t>
   </si>
   <si>
     <t>04141614</t>
   </si>
@@ -522,68 +522,68 @@
         <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>12</v>