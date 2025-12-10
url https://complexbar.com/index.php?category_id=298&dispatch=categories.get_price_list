--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -64,54 +64,54 @@
   <si>
     <t>MATFER</t>
   </si>
   <si>
     <t>Flour sieve mesh No. 18; stainless steel, plastic; D=30cm; silver, gray</t>
   </si>
   <si>
     <t>04145631</t>
   </si>
   <si>
     <t>Flour sieve mesh No. 8; stainless steel, plastic; D=30cm; silver, gray</t>
   </si>
   <si>
     <t>04145628</t>
   </si>
   <si>
     <t>Flour sieve with 4 removable meshes; stainless steel; D=21cm; silver.</t>
   </si>
   <si>
     <t>04145659</t>
   </si>
   <si>
     <t>Flour sieve; stainless steel, plastic; D=30cm; silver, gray</t>
   </si>
   <si>
+    <t>04140895</t>
+  </si>
+  <si>
     <t>04145602</t>
-  </si>
-[...1 lines deleted...]
-    <t>04140895</t>
   </si>
   <si>
     <t>Flour sieve; stainless steel, wood; D=35cm; silver, beige.</t>
   </si>
   <si>
     <t>04140887</t>
   </si>
   <si>
     <t>Flour sieve; stainless steel; D=30cm; silver.</t>
   </si>
   <si>
     <t>04145658</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>09100484</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>04140819</t>
   </si>