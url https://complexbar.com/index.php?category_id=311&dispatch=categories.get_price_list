--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -3508,113 +3508,113 @@
   <si>
     <t>04149240</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=110, H=35mm; metal.</t>
   </si>
   <si>
     <t>04145315</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=12, H=2cm; metal.</t>
   </si>
   <si>
     <t>04141393</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=12, H=6 cm; metal.</t>
   </si>
   <si>
     <t>04144276</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=120, H=45mm; metal.</t>
   </si>
   <si>
+    <t>04140154</t>
+  </si>
+  <si>
     <t>04144277</t>
   </si>
   <si>
-    <t>04140154</t>
-[...1 lines deleted...]
-  <si>
     <t>Pastry ring; stainless steel; D=14, H=2cm; metal.</t>
   </si>
   <si>
     <t>04141394</t>
   </si>
   <si>
     <t>04141343</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=14, H=6 cm; metal.</t>
   </si>
   <si>
     <t>04145397</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=140, H=35mm; metal.</t>
   </si>
   <si>
     <t>04145379</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=140, H=45mm; metal.</t>
   </si>
   <si>
+    <t>04140155</t>
+  </si>
+  <si>
     <t>04145413</t>
   </si>
   <si>
     <t>04145389</t>
   </si>
   <si>
-    <t>04140155</t>
-[...1 lines deleted...]
-  <si>
     <t>Pastry ring; stainless steel; D=150, H=35mm; metal.</t>
   </si>
   <si>
     <t>04145380</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=16, H=2cm; metal.</t>
   </si>
   <si>
     <t>04141344</t>
   </si>
   <si>
     <t>04141395</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=16, H=6 cm; metal.</t>
   </si>
   <si>
+    <t>04145398</t>
+  </si>
+  <si>
     <t>04140916</t>
   </si>
   <si>
-    <t>04145398</t>
-[...1 lines deleted...]
-  <si>
     <t>Pastry ring; stainless steel; D=160, H=35mm; metal.</t>
   </si>
   <si>
     <t>04145381</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=160, H=45, B=170mm; metal.</t>
   </si>
   <si>
     <t>04145390</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=160, H=45mm; metal.</t>
   </si>
   <si>
     <t>04140156</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=160, H=65mm; metal.</t>
   </si>
   <si>
     <t>03200833</t>
   </si>
   <si>
     <t>Trud</t>
@@ -3658,123 +3658,123 @@
   <si>
     <t>04141322</t>
   </si>
   <si>
     <t>04141397</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=20, H=6 cm; metal.</t>
   </si>
   <si>
     <t>04144622</t>
   </si>
   <si>
     <t>04140142</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=200, H=35mm; metal.</t>
   </si>
   <si>
     <t>04144649</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=200, H=45mm; metal.</t>
   </si>
   <si>
+    <t>04140150</t>
+  </si>
+  <si>
     <t>04145324</t>
   </si>
   <si>
-    <t>04140150</t>
-[...1 lines deleted...]
-  <si>
     <t>Pastry ring; stainless steel; D=22, H=2cm; metal.</t>
   </si>
   <si>
     <t>04141398</t>
   </si>
   <si>
     <t>04141347</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=22, H=6cm; metal.</t>
   </si>
   <si>
+    <t>04140143</t>
+  </si>
+  <si>
     <t>04145399</t>
   </si>
   <si>
-    <t>04140143</t>
-[...1 lines deleted...]
-  <si>
     <t>Pastry ring; stainless steel; D=220, H=35mm; metal.</t>
   </si>
   <si>
     <t>04145383</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=220, H=45, B=294mm; metal.</t>
   </si>
   <si>
     <t>04145392</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=220, H=45mm; metal.</t>
   </si>
   <si>
     <t>04141307</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=24, H=2cm; metal.</t>
   </si>
   <si>
     <t>04141399</t>
   </si>
   <si>
     <t>04141348</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=24, H=6cm; metal.</t>
   </si>
   <si>
     <t>04145401</t>
   </si>
   <si>
     <t>04140144</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=240, H=35mm; metal.</t>
   </si>
   <si>
     <t>04145384</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=240, H=45mm; metal.</t>
   </si>
   <si>
+    <t>04140158</t>
+  </si>
+  <si>
     <t>04144688</t>
-  </si>
-[...1 lines deleted...]
-    <t>04140158</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=26, H=2cm; metal.</t>
   </si>
   <si>
     <t>04142801</t>
   </si>
   <si>
     <t>04141349</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=26, H=6cm; metal.</t>
   </si>
   <si>
     <t>04145402</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=260, H=35mm; metal.</t>
   </si>
   <si>
     <t>04145385</t>
   </si>
   <si>
     <t>Pastry ring; stainless steel; D=260, H=45mm; metal.</t>
   </si>
@@ -12694,68 +12694,68 @@
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="0" t="s">
         <v>1162</v>
       </c>
       <c r="B572" s="0" t="s">
         <v>1163</v>
       </c>
       <c r="C572" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D572" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
       <c r="A573" s="0" t="s">
         <v>1164</v>
       </c>
       <c r="B573" s="0" t="s">
         <v>1165</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="D573" s="0" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="0" t="s">
         <v>1164</v>
       </c>
       <c r="B574" s="0" t="s">
         <v>1166</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="D574" s="0" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
       <c r="A575" s="0" t="s">
         <v>1167</v>
       </c>
       <c r="B575" s="0" t="s">
         <v>1168</v>
       </c>
       <c r="C575" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D575" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
       <c r="A576" s="0" t="s">
         <v>1167</v>
       </c>
       <c r="B576" s="0" t="s">
         <v>1169</v>
       </c>
       <c r="C576" s="0" t="s">
         <v>32</v>
@@ -12778,82 +12778,82 @@
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
       <c r="A578" s="0" t="s">
         <v>1172</v>
       </c>
       <c r="B578" s="0" t="s">
         <v>1173</v>
       </c>
       <c r="C578" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D578" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="B579" s="0" t="s">
         <v>1175</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="D579" s="0" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
       <c r="A580" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="B580" s="0" t="s">
         <v>1176</v>
       </c>
       <c r="C580" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D580" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="B581" s="0" t="s">
         <v>1177</v>
       </c>
       <c r="C581" s="0" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="D581" s="0" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="0" t="s">
         <v>1178</v>
       </c>
       <c r="B582" s="0" t="s">
         <v>1179</v>
       </c>
       <c r="C582" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D582" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
       <c r="A583" s="0" t="s">
         <v>1180</v>
       </c>
       <c r="B583" s="0" t="s">
         <v>1181</v>
       </c>
       <c r="C583" s="0" t="s">
         <v>32</v>
@@ -12862,68 +12862,68 @@
         <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="0" t="s">
         <v>1180</v>
       </c>
       <c r="B584" s="0" t="s">
         <v>1182</v>
       </c>
       <c r="C584" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D584" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
       <c r="A585" s="0" t="s">
         <v>1183</v>
       </c>
       <c r="B585" s="0" t="s">
         <v>1184</v>
       </c>
       <c r="C585" s="0" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="D585" s="0" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="0" t="s">
         <v>1183</v>
       </c>
       <c r="B586" s="0" t="s">
         <v>1185</v>
       </c>
       <c r="C586" s="0" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="D586" s="0" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
       <c r="A587" s="0" t="s">
         <v>1186</v>
       </c>
       <c r="B587" s="0" t="s">
         <v>1187</v>
       </c>
       <c r="C587" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D587" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
       <c r="A588" s="0" t="s">
         <v>1188</v>
       </c>
       <c r="B588" s="0" t="s">
         <v>1189</v>
       </c>
       <c r="C588" s="0" t="s">
         <v>8</v>
@@ -13100,124 +13100,124 @@
         <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
       <c r="A601" s="0" t="s">
         <v>1212</v>
       </c>
       <c r="B601" s="0" t="s">
         <v>1213</v>
       </c>
       <c r="C601" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D601" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
       <c r="A602" s="0" t="s">
         <v>1214</v>
       </c>
       <c r="B602" s="0" t="s">
         <v>1215</v>
       </c>
       <c r="C602" s="0" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="D602" s="0" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
       <c r="A603" s="0" t="s">
         <v>1214</v>
       </c>
       <c r="B603" s="0" t="s">
         <v>1216</v>
       </c>
       <c r="C603" s="0" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="D603" s="0" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="0" t="s">
         <v>1217</v>
       </c>
       <c r="B604" s="0" t="s">
         <v>1218</v>
       </c>
       <c r="C604" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D604" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
       <c r="A605" s="0" t="s">
         <v>1217</v>
       </c>
       <c r="B605" s="0" t="s">
         <v>1219</v>
       </c>
       <c r="C605" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D605" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
       <c r="A606" s="0" t="s">
         <v>1220</v>
       </c>
       <c r="B606" s="0" t="s">
         <v>1221</v>
       </c>
       <c r="C606" s="0" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="D606" s="0" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
       <c r="A607" s="0" t="s">
         <v>1220</v>
       </c>
       <c r="B607" s="0" t="s">
         <v>1222</v>
       </c>
       <c r="C607" s="0" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="D607" s="0" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
       <c r="A608" s="0" t="s">
         <v>1223</v>
       </c>
       <c r="B608" s="0" t="s">
         <v>1224</v>
       </c>
       <c r="C608" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D608" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="609">
       <c r="A609" s="0" t="s">
         <v>1225</v>
       </c>
       <c r="B609" s="0" t="s">
         <v>1226</v>
       </c>
       <c r="C609" s="0" t="s">
         <v>8</v>
@@ -13296,68 +13296,68 @@
         <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
       <c r="A615" s="0" t="s">
         <v>1235</v>
       </c>
       <c r="B615" s="0" t="s">
         <v>1236</v>
       </c>
       <c r="C615" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D615" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
       <c r="A616" s="0" t="s">
         <v>1237</v>
       </c>
       <c r="B616" s="0" t="s">
         <v>1238</v>
       </c>
       <c r="C616" s="0" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="D616" s="0" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="0" t="s">
         <v>1237</v>
       </c>
       <c r="B617" s="0" t="s">
         <v>1239</v>
       </c>
       <c r="C617" s="0" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="D617" s="0" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
       <c r="A618" s="0" t="s">
         <v>1240</v>
       </c>
       <c r="B618" s="0" t="s">
         <v>1241</v>
       </c>
       <c r="C618" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D618" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
       <c r="A619" s="0" t="s">
         <v>1240</v>
       </c>
       <c r="B619" s="0" t="s">
         <v>1242</v>
       </c>
       <c r="C619" s="0" t="s">
         <v>32</v>