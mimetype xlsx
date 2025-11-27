--- v0 (2025-10-07)
+++ v1 (2025-11-27)
@@ -598,116 +598,116 @@
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=10, L=53, B=32 cm; transparent.</t>
   </si>
   <si>
     <t>09100141</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=10, L=53, B=32.5 cm; brown.</t>
   </si>
   <si>
     <t>04011850</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=10, L=53, B=32.5 cm; transparent.</t>
   </si>
   <si>
     <t>04012565</t>
   </si>
   <si>
     <t>04012851</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=15, L=53, B=32.5 cm; transparent.</t>
   </si>
   <si>
+    <t>04011885</t>
+  </si>
+  <si>
+    <t>Carlisle</t>
+  </si>
+  <si>
+    <t>Carlis</t>
+  </si>
+  <si>
+    <t>04012564</t>
+  </si>
+  <si>
     <t>04012854</t>
   </si>
   <si>
-    <t>04011885</t>
-[...10 lines deleted...]
-  <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=15, L=53, B=32.5cm</t>
   </si>
   <si>
     <t>04013788</t>
   </si>
   <si>
     <t>Plastic products</t>
   </si>
   <si>
     <t>Plprod</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=20, L=53, B=32.5 cm</t>
   </si>
   <si>
     <t>04013956</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=20, L=53, B=32.5 cm; brown.</t>
   </si>
   <si>
     <t>04011866</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=20, L=53, B=32.5 cm; transparent.</t>
   </si>
   <si>
     <t>04011886</t>
   </si>
   <si>
     <t>04012494</t>
   </si>
   <si>
     <t>04011212</t>
   </si>
   <si>
     <t>04012859</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=65, L=530, B=325mm; transparent.</t>
   </si>
   <si>
+    <t>04013913</t>
+  </si>
+  <si>
+    <t>04012856</t>
+  </si>
+  <si>
     <t>04012566</t>
   </si>
   <si>
-    <t>04013913</t>
-[...4 lines deleted...]
-  <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=65, L=560, B=325mm; transparent.</t>
   </si>
   <si>
     <t>04011897</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polyprop.; 1.26 l;, H=10, L=53, B=32.5 cm; white</t>
   </si>
   <si>
     <t>04011912</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polyprop.; 10 l;, H=60, L=530, B=325mm; transparent.</t>
   </si>
   <si>
     <t>04011279</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polyprop.; 15 l;, H=10, L=53, B=32.5 cm; transparent.</t>
   </si>
   <si>
     <t>04011280</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polyprop.; 22 l;, H=15, L=53, B=32.5 cm; transparent.</t>
@@ -838,56 +838,56 @@
   <si>
     <t>04011488</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); stainless steel;, H=10, L=53, B=32.5 cm</t>
   </si>
   <si>
     <t>04011405</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); stainless steel;, H=10, L=53, B=32.5 cm; metal.</t>
   </si>
   <si>
     <t>04012864</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); stainless steel;, H=10, L=530, B=325mm; metal.</t>
   </si>
   <si>
     <t>04013887</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); stainless steel;, H=15, L=53, B=32.5 cm; metal.</t>
   </si>
   <si>
+    <t>04012866</t>
+  </si>
+  <si>
     <t>04012534</t>
   </si>
   <si>
-    <t>04012866</t>
-[...1 lines deleted...]
-  <si>
     <t>Gastronorm container (1/1); stainless steel;, H=20 cm; metal.</t>
   </si>
   <si>
     <t>04013798</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); stainless steel;, H=20, L=53, B=32.5 cm; metal.</t>
   </si>
   <si>
     <t>04012535</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); stainless steel;, H=20, L=530, B=325mm; metal.</t>
   </si>
   <si>
     <t>04013635</t>
   </si>
   <si>
     <t>04011402</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); stainless steel;, H=40, L=530, B=325mm; metal.</t>
   </si>
   <si>
     <t>04012867</t>
@@ -931,107 +931,107 @@
   <si>
     <t>04013611</t>
   </si>
   <si>
     <t>Gastronorm container (1/1);polycarbonate;9l;,H=65,L=530,B=325mm</t>
   </si>
   <si>
     <t>04014417</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) induction; porcelain;,H=65,L=325,B=265mm</t>
   </si>
   <si>
     <t>04013632</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) perforated; stainless steel; 11.3 l;, H=20, L=32.5, B=26.5 cm; metal.</t>
   </si>
   <si>
     <t>04010967</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) perforated; stainless steel;, H=10, L=32.5, B=26.5 cm; metal.</t>
   </si>
   <si>
+    <t>04010965</t>
+  </si>
+  <si>
+    <t>04013689</t>
+  </si>
+  <si>
     <t>04012492</t>
   </si>
   <si>
-    <t>04010965</t>
-[...4 lines deleted...]
-  <si>
     <t>Gastronorm container (1/2) perforated; stainless steel;, H=15, L=32.5, B=26.5 cm; metal.</t>
   </si>
   <si>
     <t>04012493</t>
   </si>
   <si>
     <t>04010966</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) perforated; stainless steel;, H=15cm</t>
   </si>
   <si>
     <t>04013796</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) perforated; stainless steel;, H=20, L=32.5, B=26.5 cm; metal.</t>
   </si>
   <si>
     <t>04013919</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) perforated; stainless steel;, H=20, L=325, B=265mm; metal.</t>
   </si>
   <si>
     <t>04010962</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) perforated; stainless steel;, H=20cm</t>
   </si>
   <si>
     <t>04013797</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) perforated; stainless steel;, H=40, L=325, B=265mm; metal.</t>
   </si>
   <si>
     <t>04010963</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) perforated; stainless steel;, H=65, L=325, B=265mm; metal.</t>
   </si>
   <si>
+    <t>04010964</t>
+  </si>
+  <si>
     <t>04012491</t>
   </si>
   <si>
-    <t>04010964</t>
-[...1 lines deleted...]
-  <si>
     <t>Gastronorm container (1/2) perforated;stainless;,H=20,L=298,B=238mm;metal.</t>
   </si>
   <si>
     <t>04011057</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) rectangular; porcelain;,H=20,L=325,B=265mm;white</t>
   </si>
   <si>
     <t>04014925</t>
   </si>
   <si>
     <t>Royale</t>
   </si>
   <si>
     <t>ROYALE</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) with handles; stainless steel; 11.3 l;, H=20, L=32.5, B=26.5 cm; metal.</t>
   </si>
   <si>
     <t>04013620</t>
   </si>
   <si>
     <t>Gastronorm container (1/2) with handles; stainless steel; 5.7 l;, H=10, L=32.5, B=26.5 cm; metal.</t>
@@ -1672,65 +1672,65 @@
   <si>
     <t>04011854</t>
   </si>
   <si>
     <t>Gastronorm container (1/3) “In Situ”;ceramics;,H=65,L=325,B=176mm;white</t>
   </si>
   <si>
     <t>04012476</t>
   </si>
   <si>
     <t>Gastronorm container (1/3)*65(-40С to +99С); polycarbonate; 2.4 l; black</t>
   </si>
   <si>
     <t>04014250</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); plastic; 2.4 l;, H=65, L=325, B=265mm; amber.</t>
   </si>
   <si>
     <t>04013669</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); plastic; 3.8 l;, H=10, L=32.5, B=17.6 cm; white</t>
   </si>
   <si>
+    <t>04013692</t>
+  </si>
+  <si>
     <t>04013940</t>
   </si>
   <si>
-    <t>04013692</t>
-[...1 lines deleted...]
-  <si>
     <t>Gastronorm container (1/3); plastic;, H=65, L=325, B=176mm; white</t>
   </si>
   <si>
+    <t>04013628</t>
+  </si>
+  <si>
     <t>04013924</t>
   </si>
   <si>
-    <t>04013628</t>
-[...1 lines deleted...]
-  <si>
     <t>Gastronorm container (1/3); plastic;, H=65mm; transparent.</t>
   </si>
   <si>
     <t>04012524</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polycarbonate; 2.4 l;, H=65, L=325, B=176mm; transparent.</t>
   </si>
   <si>
     <t>04011346</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polycarbonate; 3.8 l;, H=10, L=32.5, B=17.6 cm; transparent.</t>
   </si>
   <si>
     <t>04011347</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polycarbonate; 5.3 l;, H=15, L=32.5, B=17.6 cm; transparent.</t>
   </si>
   <si>
     <t>04014427</t>
   </si>
   <si>
     <t>04011349</t>
@@ -2206,54 +2206,54 @@
   <si>
     <t>04011880</t>
   </si>
   <si>
     <t>Gastronorm container (1/4); stainless steel;, H=15cm</t>
   </si>
   <si>
     <t>04013802</t>
   </si>
   <si>
     <t>Gastronorm container (1/4); stainless steel;, H=20, L=265, B=162mm; metal.</t>
   </si>
   <si>
     <t>04012884</t>
   </si>
   <si>
     <t>Gastronorm container (1/4); stainless steel;, H=40, L=265, B=162mm; metal.</t>
   </si>
   <si>
     <t>04011442</t>
   </si>
   <si>
     <t>Gastronorm container (1/4); stainless steel;, H=65, L=265, B=162mm; metal.</t>
   </si>
   <si>
+    <t>04011443</t>
+  </si>
+  <si>
     <t>04012540</t>
-  </si>
-[...1 lines deleted...]
-    <t>04011443</t>
   </si>
   <si>
     <t>Gastronorm container (1/6) with lid[6pcs];polyethylene;,H=10,L=17.6,B=16.2cm;transparent.</t>
   </si>
   <si>
     <t>04012502</t>
   </si>
   <si>
     <t>Gastronorm container (1/6) with lid[6pcs];polyethylene;,H=11,L=17.6,B=16.2cm;transparent.</t>
   </si>
   <si>
     <t>04012503</t>
   </si>
   <si>
     <t>Gastronorm container (1/6) without lid; polyprop.; 1 l;, H=65, L=176, B=162mm; transparent.</t>
   </si>
   <si>
     <t>04012446</t>
   </si>
   <si>
     <t>Gastronorm container (1/6) without lid; polyprop.; 1.5 l;, H=10, L=17.6, B=16.2 cm; black</t>
   </si>
   <si>
     <t>04012465</t>
   </si>
@@ -5936,82 +5936,82 @@
         <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>62</v>
+        <v>196</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>62</v>
+        <v>197</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>197</v>
+        <v>43</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>203</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>12</v>
@@ -6020,54 +6020,54 @@
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C95" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>43</v>
@@ -6076,82 +6076,82 @@
         <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>218</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>130</v>
@@ -6510,68 +6510,68 @@
         <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="0" t="s">
         <v>272</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>273</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="0" t="s">
         <v>274</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="0" t="s">
         <v>274</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>12</v>
@@ -6748,82 +6748,82 @@
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="0" t="s">
         <v>303</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>307</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>308</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>56</v>
@@ -6888,68 +6888,68 @@
         <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="0" t="s">
         <v>320</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>321</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="0" t="s">
         <v>322</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>323</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="0" t="s">
         <v>322</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>324</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="0" t="s">
         <v>325</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>326</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>66</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="0" t="s">
         <v>327</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>328</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>329</v>
@@ -7574,54 +7574,54 @@
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>420</v>
       </c>
       <c r="C206" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="D206" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>422</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>43</v>
@@ -7658,54 +7658,54 @@
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="0" t="s">
         <v>427</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>428</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D211" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="0" t="s">
         <v>427</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>429</v>
       </c>
       <c r="C212" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="D212" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="0" t="s">
         <v>430</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>431</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>433</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>12</v>
@@ -8624,68 +8624,68 @@
         <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="0" t="s">
         <v>552</v>
       </c>
       <c r="B280" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D280" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="0" t="s">
         <v>555</v>
       </c>
       <c r="B281" s="0" t="s">
         <v>556</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="0" t="s">
         <v>555</v>
       </c>
       <c r="B282" s="0" t="s">
         <v>557</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="0" t="s">
         <v>558</v>
       </c>
       <c r="B283" s="0" t="s">
         <v>559</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D283" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="0" t="s">
         <v>560</v>
       </c>
       <c r="B284" s="0" t="s">
         <v>561</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>56</v>
@@ -9898,68 +9898,68 @@
         <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="0" t="s">
         <v>728</v>
       </c>
       <c r="B371" s="0" t="s">
         <v>729</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D371" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="0" t="s">
         <v>730</v>
       </c>
       <c r="B372" s="0" t="s">
         <v>731</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="0" t="s">
         <v>730</v>
       </c>
       <c r="B373" s="0" t="s">
         <v>732</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="0" t="s">
         <v>733</v>
       </c>
       <c r="B374" s="0" t="s">
         <v>734</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D374" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="0" t="s">
         <v>735</v>
       </c>
       <c r="B375" s="0" t="s">
         <v>736</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>8</v>
@@ -10262,54 +10262,54 @@
         <v>180</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="0" t="s">
         <v>779</v>
       </c>
       <c r="B397" s="0" t="s">
         <v>780</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D397" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="0" t="s">
         <v>781</v>
       </c>
       <c r="B398" s="0" t="s">
         <v>782</v>
       </c>
       <c r="C398" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="D398" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="0" t="s">
         <v>783</v>
       </c>
       <c r="B399" s="0" t="s">
         <v>784</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D399" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="0" t="s">
         <v>785</v>
       </c>
       <c r="B400" s="0" t="s">
         <v>786</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>43</v>
@@ -10332,54 +10332,54 @@
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="0" t="s">
         <v>789</v>
       </c>
       <c r="B402" s="0" t="s">
         <v>790</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D402" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="0" t="s">
         <v>791</v>
       </c>
       <c r="B403" s="0" t="s">
         <v>792</v>
       </c>
       <c r="C403" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="D403" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="0" t="s">
         <v>793</v>
       </c>
       <c r="B404" s="0" t="s">
         <v>794</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D404" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="0" t="s">
         <v>795</v>
       </c>
       <c r="B405" s="0" t="s">
         <v>796</v>
       </c>
       <c r="C405" s="0" t="s">
         <v>43</v>
@@ -13034,54 +13034,54 @@
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
       <c r="A595" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="B595" s="0" t="s">
         <v>1175</v>
       </c>
       <c r="C595" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D595" s="0" t="s">
         <v>180</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
       <c r="A596" s="0" t="s">
         <v>1176</v>
       </c>
       <c r="B596" s="0" t="s">
         <v>1177</v>
       </c>
       <c r="C596" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="D596" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
       <c r="A597" s="0" t="s">
         <v>1178</v>
       </c>
       <c r="B597" s="0" t="s">
         <v>1179</v>
       </c>
       <c r="C597" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D597" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
       <c r="A598" s="0" t="s">
         <v>1180</v>
       </c>
       <c r="B598" s="0" t="s">
         <v>1181</v>
       </c>
       <c r="C598" s="0" t="s">
         <v>130</v>
@@ -13342,54 +13342,54 @@
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="0" t="s">
         <v>1216</v>
       </c>
       <c r="B617" s="0" t="s">
         <v>1217</v>
       </c>
       <c r="C617" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D617" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
       <c r="A618" s="0" t="s">
         <v>1218</v>
       </c>
       <c r="B618" s="0" t="s">
         <v>1219</v>
       </c>
       <c r="C618" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="D618" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
       <c r="A619" s="0" t="s">
         <v>1220</v>
       </c>
       <c r="B619" s="0" t="s">
         <v>1221</v>
       </c>
       <c r="C619" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D619" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
       <c r="A620" s="0" t="s">
         <v>1222</v>
       </c>
       <c r="B620" s="0" t="s">
         <v>1223</v>
       </c>
       <c r="C620" s="0" t="s">
         <v>130</v>