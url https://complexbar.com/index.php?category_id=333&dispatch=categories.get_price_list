--- v0 (2025-10-08)
+++ v1 (2025-12-11)
@@ -136,54 +136,54 @@
   <si>
     <t>06080122</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>WEST</t>
   </si>
   <si>
     <t>Skewers[100pcs];bamboo;,L=180,B=3mm;beige.</t>
   </si>
   <si>
     <t>06080123</t>
   </si>
   <si>
     <t>Skewers[100pcs];bamboo;,L=200,B=3mm;beige.</t>
   </si>
   <si>
     <t>06080124</t>
   </si>
   <si>
     <t>Skewers[100pcs];bamboo;,L=250,B=3mm;beige.</t>
   </si>
   <si>
+    <t>06080129</t>
+  </si>
+  <si>
     <t>06080125</t>
-  </si>
-[...1 lines deleted...]
-    <t>06080129</t>
   </si>
   <si>
     <t>Skewers[100pcs];bamboo;,L=30cm;beige.</t>
   </si>
   <si>
     <t>06080126</t>
   </si>
   <si>
     <t>Skewers[200pcs];bamboo;,L=200,B=3mm;beige.</t>
   </si>
   <si>
     <t>06080116</t>
   </si>
   <si>
     <t>Skewers[250pcs];bamboo;,L=150,B=3mm;beige.</t>
   </si>
   <si>
     <t>06080120</t>
   </si>
   <si>
     <t>06080107</t>
   </si>
   <si>
     <t>Skewers[250pcs];bamboo;,L=300,B=3mm;beige.</t>
   </si>
@@ -559,68 +559,68 @@
         <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>12</v>