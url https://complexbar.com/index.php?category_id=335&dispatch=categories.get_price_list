--- v0 (2025-10-07)
+++ v1 (2025-12-02)
@@ -454,60 +454,60 @@
   <si>
     <t>Tongs;wood;,L=18cm</t>
   </si>
   <si>
     <t>04147403</t>
   </si>
   <si>
     <t>Berard</t>
   </si>
   <si>
     <t>Tweezers for the kitchen, curved; stainless steel;, L=200, B=25mm</t>
   </si>
   <si>
     <t>04147408</t>
   </si>
   <si>
     <t>Tweezers for the kitchen; stainless steel; L=25cm; metal.</t>
   </si>
   <si>
     <t>04147423</t>
   </si>
   <si>
     <t>Tweezers for the kitchen; stainless steel; L=30cm; metal.</t>
   </si>
   <si>
+    <t>04147437</t>
+  </si>
+  <si>
     <t>04144047</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>W.A.S.</t>
-  </si>
-[...1 lines deleted...]
-    <t>04147437</t>
   </si>
   <si>
     <t>Tweezers for the kitchen; stainless steel;, H=6, L=33, B=8 cm; metal.</t>
   </si>
   <si>
     <t>04140483</t>
   </si>
   <si>
     <t>Tweezers for the kitchen; stainless steel;, L=145, B=10mm; metal.</t>
   </si>
   <si>
     <t>04144063</t>
   </si>
   <si>
     <t>Tweezers for the kitchen; stainless steel;, L=300, B=25mm; metal.</t>
   </si>
   <si>
     <t>04144064</t>
   </si>
   <si>
     <t>Tweezers for the kitchen; stainless steel;, L=32, B=1cm; metal.</t>
   </si>
   <si>
     <t>04140434</t>
   </si>
@@ -1768,68 +1768,68 @@
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>148</v>
+        <v>19</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>149</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B64" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>15</v>