--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -442,54 +442,54 @@
   <si>
     <t>04160133</t>
   </si>
   <si>
     <t>Truffle grater;stainless steel;,H=17,B=8cm;metal.</t>
   </si>
   <si>
     <t>04160166</t>
   </si>
   <si>
     <t>Truffle grater;stainless steel;,L=175,B=58mm;metal.</t>
   </si>
   <si>
     <t>09100255</t>
   </si>
   <si>
     <t>Truffle grater;steel;,H=10,L=16,B=10cm;metal.</t>
   </si>
   <si>
     <t>04160148</t>
   </si>
   <si>
     <t>Vegetable grater;stainless steel;,L=300,B=77mm;silver,black</t>
   </si>
   <si>
+    <t>04160306</t>
+  </si>
+  <si>
     <t>04160307</t>
-  </si>
-[...1 lines deleted...]
-    <t>04160306</t>
   </si>
   <si>
     <t>Vegetable press 3 nozzles; metal.</t>
   </si>
   <si>
     <t>04040869</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>W.A.S.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="# ##0.₽"/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>