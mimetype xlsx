--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -289,125 +289,125 @@
   <si>
     <t>04011335</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate; transparent.</t>
   </si>
   <si>
     <t>09100142</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=10, L=53, B=32 cm; transparent.</t>
   </si>
   <si>
     <t>09100141</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=10, L=53, B=32.5 cm; brown.</t>
   </si>
   <si>
     <t>04011850</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=10, L=53, B=32.5 cm; transparent.</t>
   </si>
   <si>
+    <t>04012565</t>
+  </si>
+  <si>
     <t>04012851</t>
   </si>
   <si>
-    <t>04012565</t>
-[...1 lines deleted...]
-  <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=15, L=53, B=32.5 cm; transparent.</t>
   </si>
   <si>
     <t>04012564</t>
   </si>
   <si>
     <t>04012854</t>
   </si>
   <si>
     <t>04011885</t>
   </si>
   <si>
     <t>Carlisle</t>
   </si>
   <si>
     <t>Carlis</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=15, L=53, B=32.5cm</t>
   </si>
   <si>
     <t>04013788</t>
   </si>
   <si>
     <t>Plastic products</t>
   </si>
   <si>
     <t>Plprod</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=20, L=53, B=32.5 cm</t>
   </si>
   <si>
     <t>04013956</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=20, L=53, B=32.5 cm; brown.</t>
   </si>
   <si>
     <t>04011866</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=20, L=53, B=32.5 cm; transparent.</t>
   </si>
   <si>
+    <t>04012859</t>
+  </si>
+  <si>
+    <t>04011886</t>
+  </si>
+  <si>
     <t>04012494</t>
   </si>
   <si>
     <t>04011212</t>
   </si>
   <si>
-    <t>04012859</t>
-[...4 lines deleted...]
-  <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=65, L=530, B=325mm; transparent.</t>
   </si>
   <si>
+    <t>04012856</t>
+  </si>
+  <si>
+    <t>04012566</t>
+  </si>
+  <si>
     <t>04013913</t>
   </si>
   <si>
-    <t>04012856</t>
-[...4 lines deleted...]
-  <si>
     <t>Gastronorm container (1/1); polycarbonate;, H=65, L=560, B=325mm; transparent.</t>
   </si>
   <si>
     <t>04011897</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polyprop.; 1.26 l;, H=10, L=53, B=32.5 cm; white</t>
   </si>
   <si>
     <t>04011912</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polyprop.; 10 l;, H=60, L=530, B=325mm; transparent.</t>
   </si>
   <si>
     <t>04011279</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polyprop.; 15 l;, H=10, L=53, B=32.5 cm; transparent.</t>
   </si>
   <si>
     <t>04011280</t>
   </si>
   <si>
     <t>Gastronorm container (1/1); polyprop.; 22 l;, H=15, L=53, B=32.5 cm; transparent.</t>
@@ -565,56 +565,56 @@
   <si>
     <t>04012517</t>
   </si>
   <si>
     <t>Gastronorm container (1/2)*200(-40С to +99С); polyprop.; 11.7 l; transparent.</t>
   </si>
   <si>
     <t>04014241</t>
   </si>
   <si>
     <t>Gastronorm container (1/2)*65(-40С to +99С); polyprop.; 3.9 l; black</t>
   </si>
   <si>
     <t>04014242</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); plastic;, H=10, L=32.5, B=26.5 cm; transparent.</t>
   </si>
   <si>
     <t>04012522</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); plastic;, H=10, L=32.5, B=26.5 cm; white</t>
   </si>
   <si>
+    <t>04013629</t>
+  </si>
+  <si>
     <t>04013923</t>
   </si>
   <si>
-    <t>04013629</t>
-[...1 lines deleted...]
-  <si>
     <t>Gastronorm container (1/2); plastic;, H=10, L=32.5, B=26.5cm</t>
   </si>
   <si>
     <t>04012549</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); plastic;, H=15, L=32.5, B=26.5 cm; black</t>
   </si>
   <si>
     <t>04013651</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); plastic;, H=65, L=325, B=265mm; white</t>
   </si>
   <si>
     <t>04013627</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); polycarbonate; 11.7 l;, H=20, L=32.5, B=26.5 cm; transparent.</t>
   </si>
   <si>
     <t>04011348</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); polycarbonate; 3.9 l;, H=65, L=325, B=265mm; transparent.</t>
@@ -646,62 +646,62 @@
   <si>
     <t>Gastronorm container (1/2); polycarbonate;, H=10, L=32.5, B=26.5 cm; black</t>
   </si>
   <si>
     <t>04012572</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); polycarbonate;, H=10, L=32.5, B=26.5 cm; transparent.</t>
   </si>
   <si>
     <t>04012571</t>
   </si>
   <si>
     <t>04012860</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); polycarbonate;, H=15, L=32.5, B=26.5 cm; brown.</t>
   </si>
   <si>
     <t>04011868</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); polycarbonate;, H=15, L=32.5, B=26.5 cm; transparent.</t>
   </si>
   <si>
+    <t>04013915</t>
+  </si>
+  <si>
+    <t>04011887</t>
+  </si>
+  <si>
+    <t>04012857</t>
+  </si>
+  <si>
     <t>04012568</t>
   </si>
   <si>
-    <t>04013915</t>
-[...7 lines deleted...]
-  <si>
     <t>Gastronorm container (1/2); polycarbonate;, H=15cm</t>
   </si>
   <si>
     <t>04013952</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); polycarbonate;, H=20, L=32.5, B=26.5 cm</t>
   </si>
   <si>
     <t>04011409</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); polycarbonate;, H=20, L=32.5, B=26.5 cm; transparent.</t>
   </si>
   <si>
     <t>04011898</t>
   </si>
   <si>
     <t>04011888</t>
   </si>
   <si>
     <t>Gastronorm container (1/2); polycarbonate;, H=20cm</t>
   </si>
   <si>
     <t>04013951</t>
@@ -868,65 +868,65 @@
   <si>
     <t>04011852</t>
   </si>
   <si>
     <t>Gastronorm container (1/3) “Alto+”; polycarbonate;, H=20, L=32.5, B=17.6 cm; brown.</t>
   </si>
   <si>
     <t>04011854</t>
   </si>
   <si>
     <t>Gastronorm container (1/3)*65(-40С to +99С); polycarbonate; 2.4 l; black</t>
   </si>
   <si>
     <t>04014250</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); plastic; 2.4 l;, H=65, L=325, B=265mm; amber.</t>
   </si>
   <si>
     <t>04013669</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); plastic; 3.8 l;, H=10, L=32.5, B=17.6 cm; white</t>
   </si>
   <si>
+    <t>04013692</t>
+  </si>
+  <si>
     <t>04013940</t>
   </si>
   <si>
-    <t>04013692</t>
-[...1 lines deleted...]
-  <si>
     <t>Gastronorm container (1/3); plastic;, H=65, L=325, B=176mm; white</t>
   </si>
   <si>
+    <t>04013924</t>
+  </si>
+  <si>
     <t>04013628</t>
   </si>
   <si>
-    <t>04013924</t>
-[...1 lines deleted...]
-  <si>
     <t>Gastronorm container (1/3); plastic;, H=65mm; transparent.</t>
   </si>
   <si>
     <t>04012524</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polycarbonate; 2.4 l;, H=65, L=325, B=176mm; transparent.</t>
   </si>
   <si>
     <t>04011346</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polycarbonate; 3.8 l;, H=10, L=32.5, B=17.6 cm; transparent.</t>
   </si>
   <si>
     <t>04011347</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polycarbonate; 5.3 l;, H=15, L=32.5, B=17.6 cm; transparent.</t>
   </si>
   <si>
     <t>04014427</t>
   </si>
   <si>
     <t>04011349</t>
@@ -937,54 +937,54 @@
   <si>
     <t>04011350</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polycarbonate;, H=10, L=32, B=17 cm; transparent.</t>
   </si>
   <si>
     <t>09100151</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polycarbonate;, H=15, L=32, B=17cm; transparent.</t>
   </si>
   <si>
     <t>09100152</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polycarbonate;, H=15, L=32.5, B=17.6 cm; black</t>
   </si>
   <si>
     <t>04010994</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polycarbonate;, H=20cm</t>
   </si>
   <si>
+    <t>04013953</t>
+  </si>
+  <si>
     <t>04012861</t>
-  </si>
-[...1 lines deleted...]
-    <t>04013953</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polyprop.; 3 l;, H=60, L=325, B=176mm; transparent.</t>
   </si>
   <si>
     <t>04011289</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polyprop.; 4 l;, H = 10, L = 32.5, B = 17.6 cm; transparent.</t>
   </si>
   <si>
     <t>04011290</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polyprop.; 5.3 l;, H=15, L=32.5, B=17.6 cm</t>
   </si>
   <si>
     <t>09100884</t>
   </si>
   <si>
     <t>Gastronorm container (1/3); polyprop.; 6 l;, H = 15, L = 32.5, B = 17.6 cm; transparent.</t>
   </si>
   <si>
     <t>04011291</t>
   </si>
@@ -2490,68 +2490,68 @@
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>60</v>
@@ -2602,138 +2602,138 @@
         <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>12</v>
+        <v>99</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>99</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>27</v>
@@ -3162,68 +3162,68 @@
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>185</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>12</v>
@@ -3372,96 +3372,96 @@
         <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>65</v>
+        <v>98</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>65</v>
+        <v>99</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>98</v>
+        <v>60</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="0" t="s">
         <v>215</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>218</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>65</v>
@@ -3946,68 +3946,68 @@
         <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="0" t="s">
         <v>287</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="0" t="s">
         <v>287</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>289</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>79</v>
@@ -4100,68 +4100,68 @@
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D154" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>308</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>65</v>