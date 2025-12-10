--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -139,59 +139,59 @@
   <si>
     <t>Carlisle</t>
   </si>
   <si>
     <t>Carlis</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/1; polyprop.;, H=20, L=530, B=325mm; yellow.</t>
   </si>
   <si>
     <t>04014201</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/1; polyprop.;, L=53, B=32.5 cm; transparent.</t>
   </si>
   <si>
     <t>04012414</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/1; stainless steel</t>
   </si>
   <si>
+    <t>04012865</t>
+  </si>
+  <si>
     <t>04010979</t>
   </si>
   <si>
     <t>04012608</t>
   </si>
   <si>
-    <t>04012865</t>
-[...1 lines deleted...]
-  <si>
     <t>Lid for gastronorm container GN 1/1;plastic;,H=17,L=33,B=28cm</t>
   </si>
   <si>
     <t>04013942</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/1;plastic;,H=20,L=530,B=325mm;green.</t>
   </si>
   <si>
     <t>04014202</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/1;plastic;,L=53,B=32.5cm;transparent.</t>
   </si>
   <si>
     <t>04013649</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/1;polycarbonate;,L=53,B=32.5cm</t>
   </si>
   <si>
     <t>09100157</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/1;polyprop.;,H=20,L=530,B=325mm;blue</t>
@@ -295,56 +295,56 @@
   <si>
     <t>Lid for gastronorm container GN 1/2; polyprop.;, L=32.5, B=26.5 cm; yellow.</t>
   </si>
   <si>
     <t>04013917</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/2; stainless steel</t>
   </si>
   <si>
     <t>04013803</t>
   </si>
   <si>
     <t>09100149</t>
   </si>
   <si>
     <t>04012609</t>
   </si>
   <si>
     <t>04012894</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/2;plastic</t>
   </si>
   <si>
+    <t>04012523</t>
+  </si>
+  <si>
     <t>04013674</t>
   </si>
   <si>
-    <t>04012523</t>
-[...1 lines deleted...]
-  <si>
     <t>Lid for gastronorm container GN 1/2;plastic;,H=17,L=33,B=28cm</t>
   </si>
   <si>
     <t>04013948</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/2;polyprop.;,H=20,L=325,B=265mm;blue</t>
   </si>
   <si>
     <t>04011413</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/2;polyprop.;,H=20,L=325,B=265mm;red</t>
   </si>
   <si>
     <t>04011420</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/2;polyprop.;,H=20,L=325,B=265mm;white</t>
   </si>
   <si>
     <t>04011305</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/2;polyprop.;white</t>
@@ -388,56 +388,56 @@
   <si>
     <t>04011859</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/3; polycarbonate;, L=32.5, B=17.6 cm; transparent.</t>
   </si>
   <si>
     <t>04011841</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/3; polyprop.;, L=32.5, B=17.6 cm; black</t>
   </si>
   <si>
     <t>04012432</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/3; polyprop.;, L=32.5, B=17.6 cm; transparent.</t>
   </si>
   <si>
     <t>04012416</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/3; stainless steel</t>
   </si>
   <si>
+    <t>04012610</t>
+  </si>
+  <si>
     <t>04013804</t>
   </si>
   <si>
-    <t>04012610</t>
-[...1 lines deleted...]
-  <si>
     <t>Lid for gastronorm container GN 1/3;plastic;,L=32.5,B=17.6cm;amber.</t>
   </si>
   <si>
     <t>04013909</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/3;plastic;,L=32.5,B=26.5cm;blue</t>
   </si>
   <si>
     <t>04013907</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/3;polyethylene;,L=32.5,B=17.6cm;white</t>
   </si>
   <si>
     <t>04011367</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/3;polyethylene;,L=32.5,B=26.5cm;white</t>
   </si>
   <si>
     <t>04011368</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/3;polyprop.;,H=20,L=325,B=176mm;blue</t>
@@ -490,54 +490,54 @@
   <si>
     <t>04011860</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/4; polycarbonate;, L=26.5, B=16.2 cm; transparent.</t>
   </si>
   <si>
     <t>04011842</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/4; polyprop.;, L=26.5, B=16.2 cm; black</t>
   </si>
   <si>
     <t>04012433</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/4; polyprop.;, L=26.5, B=16.2 cm; transparent.</t>
   </si>
   <si>
     <t>04012454</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/4; stainless steel</t>
   </si>
   <si>
+    <t>04012612</t>
+  </si>
+  <si>
     <t>04014236</t>
-  </si>
-[...1 lines deleted...]
-    <t>04012612</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/4;plastic;,H=15,L=265,B=162mm;transparent.</t>
   </si>
   <si>
     <t>04013931</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/4;polyethylene;,L=26.5,B=16.2cm;white</t>
   </si>
   <si>
     <t>04011376</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/4;polyprop.;,H=20,L=265,B=162mm;blue</t>
   </si>
   <si>
     <t>04011416</t>
   </si>
   <si>
     <t>Lid for gastronorm container GN 1/4;polyprop.;,H=20,L=265,B=162mm;red</t>
   </si>
   <si>
     <t>04011422</t>
   </si>
@@ -1406,82 +1406,82 @@
         <v>29</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>29</v>
@@ -1798,68 +1798,68 @@
         <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>29</v>
@@ -2036,68 +2036,68 @@
         <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>