--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -292,54 +292,54 @@
   <si>
     <t>04142904</t>
   </si>
   <si>
     <t>Bowl;aluminum;0.5l;D=16cm;metal.</t>
   </si>
   <si>
     <t>04142960</t>
   </si>
   <si>
     <t>Bowl;aluminum;0.75l;D=18cm;metal.</t>
   </si>
   <si>
     <t>04142961</t>
   </si>
   <si>
     <t>Bowl;aluminum;10l;D=36cm;metal.</t>
   </si>
   <si>
     <t>04142964</t>
   </si>
   <si>
     <t>Bowl;aluminum;1l;D=20cm;metal.</t>
   </si>
   <si>
+    <t>04142963</t>
+  </si>
+  <si>
     <t>04142962</t>
-  </si>
-[...1 lines deleted...]
-    <t>04142963</t>
   </si>
   <si>
     <t>Bowl;aluminum;D=29cm;metal.</t>
   </si>
   <si>
     <t>04142966</t>
   </si>
   <si>
     <t>Bowl;copper;16.7l;D=40,H=20cm;copper</t>
   </si>
   <si>
     <t>04142975</t>
   </si>
   <si>
     <t>Bowl;copper;3.5l;D=24,H=12cm;copper</t>
   </si>
   <si>
     <t>04142920</t>
   </si>
   <si>
     <t>Bowl;copper;7l;D=30,H=15cm;copper</t>
   </si>
   <si>
     <t>04143329</t>
   </si>