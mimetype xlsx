--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -361,56 +361,56 @@
   <si>
     <t>04020837</t>
   </si>
   <si>
     <t>Baking tray;aluminium,teflon;,H=2,L=60,B=40cm;black</t>
   </si>
   <si>
     <t>04020874</t>
   </si>
   <si>
     <t>Baking tray;aluminum;,H=1,L=40,B=30cm;metal.</t>
   </si>
   <si>
     <t>04021044</t>
   </si>
   <si>
     <t>Baking tray;aluminum;,H=1,L=60,B=40cm</t>
   </si>
   <si>
     <t>04021109</t>
   </si>
   <si>
     <t>Baking tray;aluminum;,H=1,L=60,B=40cm;metal.</t>
   </si>
   <si>
+    <t>04020636</t>
+  </si>
+  <si>
     <t>04020314</t>
   </si>
   <si>
-    <t>04020636</t>
-[...1 lines deleted...]
-  <si>
     <t>Baking tray;aluminum;,H=1,L=65,B=53cm;metal.</t>
   </si>
   <si>
     <t>04020313</t>
   </si>
   <si>
     <t>Baking tray;aluminum;,H=10,L=530,B=325mm;metal.</t>
   </si>
   <si>
     <t>04020312</t>
   </si>
   <si>
     <t>04021045</t>
   </si>
   <si>
     <t>Baking tray;aluminum;,H=2,L=48,B=32cm</t>
   </si>
   <si>
     <t>04021106</t>
   </si>
   <si>
     <t>Baking tray;aluminum;,H=2,L=60,B=40cm</t>
   </si>
   <si>
     <t>04021107</t>
@@ -601,57 +601,57 @@
   <si>
     <t>04146302</t>
   </si>
   <si>
     <t>Perforated baking tray;aluminium,silicone;,H=1,L=60,B=40cm;gray</t>
   </si>
   <si>
     <t>04020740</t>
   </si>
   <si>
     <t>Perforated baking tray;aluminium,silicone;,H=10,L=325,B=530mm</t>
   </si>
   <si>
     <t>04020985</t>
   </si>
   <si>
     <t>Perforated baking tray;aluminum;,H=1,L=40,B=30cm;metal.</t>
   </si>
   <si>
     <t>04021046</t>
   </si>
   <si>
     <t>Perforated baking tray;aluminum;,H=1,L=60,B=40cm;metal.</t>
   </si>
   <si>
+    <t>04020905</t>
+  </si>
+  <si>
     <t>04020737</t>
   </si>
   <si>
     <t>04020839</t>
-  </si>
-[...1 lines deleted...]
-    <t>04020905</t>
   </si>
   <si>
     <t>Perforated baking tray;aluminum;,H=10,L=530,B=325mm;metal.</t>
   </si>
   <si>
     <t>04021047</t>
   </si>
   <si>
     <t>Perforated baking tray;blue steel;,H=1,L=60,B=40cm;metal.</t>
   </si>
   <si>
     <t>04020633</t>
   </si>
   <si>
     <t>Perforated baking tray;blue steel;,H=2,L=54,B=33cm;metal.</t>
   </si>
   <si>
     <t>04021041</t>
   </si>
   <si>
     <t>Perforated pizza tray;D=325,H=25mm</t>
   </si>
   <si>
     <t>04020912</t>
   </si>
@@ -1700,68 +1700,68 @@
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>12</v>
@@ -2274,82 +2274,82 @@
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>106</v>
+        <v>12</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>106</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>8</v>
+        <v>106</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>9</v>
+        <v>106</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>202</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>