--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -196,56 +196,56 @@
   <si>
     <t>04160178</t>
   </si>
   <si>
     <t>Grater for zest and ginger; metal, plastic;, H=3, L=33, B=5cm; metallic, black</t>
   </si>
   <si>
     <t>04160135</t>
   </si>
   <si>
     <t>Grater for zest; stainless steel, plastic;, L=135, B=60mm</t>
   </si>
   <si>
     <t>04160188</t>
   </si>
   <si>
     <t>Grater with double thin blade; metal;, L=33, B=3cm; metal.</t>
   </si>
   <si>
     <t>04160129</t>
   </si>
   <si>
     <t>Grater with thin blade;metal;,L=33,B=3cm;metal.</t>
   </si>
   <si>
+    <t>04160127</t>
+  </si>
+  <si>
     <t>04160128</t>
   </si>
   <si>
-    <t>04160127</t>
-[...1 lines deleted...]
-  <si>
     <t>Grater;stainless steel, rubber;,L=135,B=60mm</t>
   </si>
   <si>
     <t>04160183</t>
   </si>
   <si>
     <t>Grater;stainless steel;,H=30,L=30cm;metallic,black</t>
   </si>
   <si>
     <t>04160160</t>
   </si>
   <si>
     <t>Grater;stainless steel;,L=29,B=12cm;metal.</t>
   </si>
   <si>
     <t>04160121</t>
   </si>
   <si>
     <t>Grater;stainless steel;,L=32,B=20cm;red,silver.</t>
   </si>
   <si>
     <t>04160305</t>
   </si>
   <si>
     <t>Grater;stainless steel;,L=385/220,B=40mm;metallic,black</t>
@@ -313,54 +313,54 @@
   <si>
     <t>04160133</t>
   </si>
   <si>
     <t>Truffle grater;stainless steel;,H=17,B=8cm;metal.</t>
   </si>
   <si>
     <t>04160166</t>
   </si>
   <si>
     <t>Truffle grater;stainless steel;,L=175,B=58mm;metal.</t>
   </si>
   <si>
     <t>09100255</t>
   </si>
   <si>
     <t>Truffle grater;steel;,H=10,L=16,B=10cm;metal.</t>
   </si>
   <si>
     <t>04160148</t>
   </si>
   <si>
     <t>Vegetable grater;stainless steel;,L=300,B=77mm;silver,black</t>
   </si>
   <si>
+    <t>04160306</t>
+  </si>
+  <si>
     <t>04160307</t>
-  </si>
-[...1 lines deleted...]
-    <t>04160306</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="# ##0.₽"/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>