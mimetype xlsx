--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -943,56 +943,56 @@
   <si>
     <t>04150617</t>
   </si>
   <si>
     <t>Buffet stand “Raber Pads”;plastic;,H=51,L=203,B=508mm;black</t>
   </si>
   <si>
     <t>04150614</t>
   </si>
   <si>
     <t>Buffet stand “Raber Pads”;plastic;,H=51,L=305,B=508mm;black</t>
   </si>
   <si>
     <t>04150604</t>
   </si>
   <si>
     <t>Buffet stand “Raber Pads”;plastic;,H=76,L=178,B=152mm;black</t>
   </si>
   <si>
     <t>04150610</t>
   </si>
   <si>
     <t>Buffet stand “Sewing Basket” GN 1/2 sliding with lid (3 tiers); oak;, H=53.5, L=70.5, B=37cm;</t>
   </si>
   <si>
+    <t>04151356</t>
+  </si>
+  <si>
     <t>04151368</t>
   </si>
   <si>
-    <t>04151356</t>
-[...1 lines deleted...]
-  <si>
     <t>Buffet stand “Staircase” 5 tiers; stainless steel;, H=21, L=40, B=25cm; silver.</t>
   </si>
   <si>
     <t>03022807</t>
   </si>
   <si>
     <t>Buffet stand “Star” (for 1 container); metal;, H=12, L=16, B=16 cm; black</t>
   </si>
   <si>
     <t>04151319</t>
   </si>
   <si>
     <t>Buffet stand “Star” (for 1 container); metal;, H=18, L=16, B=16cm; black</t>
   </si>
   <si>
     <t>04151320</t>
   </si>
   <si>
     <t>Buffet stand, 4 tiers; metal;, H=39, L=22cm; violet.</t>
   </si>
   <si>
     <t>03022401</t>
   </si>
   <si>
     <t>Glass</t>
@@ -1801,60 +1801,60 @@
   <si>
     <t>04144041</t>
   </si>
   <si>
     <t>Cake tongs “Prootel”; stainless steel;, L=230/85, B=40mm; metal.</t>
   </si>
   <si>
     <t>04144024</t>
   </si>
   <si>
     <t>Cake tongs “Prootel”; stainless steel;, L=240/85, B=40mm; metal.</t>
   </si>
   <si>
     <t>04144023</t>
   </si>
   <si>
     <t>Cake tongs;polycarbonate;,L=24,B=11cm</t>
   </si>
   <si>
     <t>04144096</t>
   </si>
   <si>
     <t>Cake tongs;stainless steel;,L=18cm</t>
   </si>
   <si>
+    <t>04144044</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>W.A.S.</t>
+  </si>
+  <si>
     <t>04144097</t>
-  </si>
-[...7 lines deleted...]
-    <t>W.A.S.</t>
   </si>
   <si>
     <t>Cake tongs;stainless steel;,L=20cm</t>
   </si>
   <si>
     <t>04144046</t>
   </si>
   <si>
     <t>Cake tongs;stainless steel;,L=28/18cm;metal.</t>
   </si>
   <si>
     <t>04144001</t>
   </si>
   <si>
     <t>Cake tongs;steel;,L=200,B=37mm;metal.</t>
   </si>
   <si>
     <t>04140438</t>
   </si>
   <si>
     <t>Candy bowl for berries;crystal;D=155,H=50mm</t>
   </si>
   <si>
     <t>03172608</t>
   </si>
@@ -12054,82 +12054,82 @@
         <v>64</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="0" t="s">
         <v>593</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>594</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D270" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="0" t="s">
         <v>595</v>
       </c>
       <c r="B271" s="0" t="s">
         <v>596</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>31</v>
+        <v>597</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>32</v>
+        <v>598</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="0" t="s">
         <v>595</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>598</v>
+        <v>31</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>599</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="0" t="s">
         <v>600</v>
       </c>
       <c r="B273" s="0" t="s">
         <v>601</v>
       </c>
       <c r="C273" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="D273" s="0" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="0" t="s">
         <v>602</v>
       </c>
       <c r="B274" s="0" t="s">
         <v>603</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D274" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="0" t="s">
         <v>604</v>
       </c>
       <c r="B275" s="0" t="s">
         <v>605</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>86</v>
@@ -13734,54 +13734,54 @@
         <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="0" t="s">
         <v>855</v>
       </c>
       <c r="B390" s="0" t="s">
         <v>856</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D390" s="0" t="s">
         <v>857</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="0" t="s">
         <v>858</v>
       </c>
       <c r="B391" s="0" t="s">
         <v>859</v>
       </c>
       <c r="C391" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="D391" s="0" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="0" t="s">
         <v>860</v>
       </c>
       <c r="B392" s="0" t="s">
         <v>861</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D392" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="0" t="s">
         <v>862</v>
       </c>
       <c r="B393" s="0" t="s">
         <v>863</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>8</v>
@@ -17136,54 +17136,54 @@
         <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="0" t="s">
         <v>1357</v>
       </c>
       <c r="B633" s="0" t="s">
         <v>1358</v>
       </c>
       <c r="C633" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D633" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
       <c r="A634" s="0" t="s">
         <v>1359</v>
       </c>
       <c r="B634" s="0" t="s">
         <v>1360</v>
       </c>
       <c r="C634" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="D634" s="0" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="0" t="s">
         <v>1361</v>
       </c>
       <c r="B635" s="0" t="s">
         <v>1362</v>
       </c>
       <c r="C635" s="0" t="s">
         <v>634</v>
       </c>
       <c r="D635" s="0" t="s">
         <v>634</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="0" t="s">
         <v>1363</v>
       </c>
       <c r="B636" s="0" t="s">
         <v>1364</v>
       </c>
       <c r="C636" s="0" t="s">
         <v>11</v>
@@ -18492,54 +18492,54 @@
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="730">
       <c r="A730" s="0" t="s">
         <v>1552</v>
       </c>
       <c r="B730" s="0" t="s">
         <v>1553</v>
       </c>
       <c r="C730" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D730" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="731">
       <c r="A731" s="0" t="s">
         <v>1554</v>
       </c>
       <c r="B731" s="0" t="s">
         <v>1555</v>
       </c>
       <c r="C731" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="D731" s="0" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="732">
       <c r="A732" s="0" t="s">
         <v>1556</v>
       </c>
       <c r="B732" s="0" t="s">
         <v>1557</v>
       </c>
       <c r="C732" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D732" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="733">
       <c r="A733" s="0" t="s">
         <v>1558</v>
       </c>
       <c r="B733" s="0" t="s">
         <v>1559</v>
       </c>
       <c r="C733" s="0" t="s">
         <v>11</v>
@@ -20716,54 +20716,54 @@
         <v>514</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="889">
       <c r="A889" s="0" t="s">
         <v>1878</v>
       </c>
       <c r="B889" s="0" t="s">
         <v>1879</v>
       </c>
       <c r="C889" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D889" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="890">
       <c r="A890" s="0" t="s">
         <v>1880</v>
       </c>
       <c r="B890" s="0" t="s">
         <v>1881</v>
       </c>
       <c r="C890" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="D890" s="0" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="891">
       <c r="A891" s="0" t="s">
         <v>1882</v>
       </c>
       <c r="B891" s="0" t="s">
         <v>1883</v>
       </c>
       <c r="C891" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D891" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="892">
       <c r="A892" s="0" t="s">
         <v>1884</v>
       </c>
       <c r="B892" s="0" t="s">
         <v>1885</v>
       </c>
       <c r="C892" s="0" t="s">
         <v>8</v>
@@ -22016,54 +22016,54 @@
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="982">
       <c r="A982" s="0" t="s">
         <v>2065</v>
       </c>
       <c r="B982" s="0" t="s">
         <v>2066</v>
       </c>
       <c r="C982" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D982" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="983">
       <c r="A983" s="0" t="s">
         <v>2067</v>
       </c>
       <c r="B983" s="0" t="s">
         <v>2068</v>
       </c>
       <c r="C983" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="D983" s="0" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="984">
       <c r="A984" s="0" t="s">
         <v>2069</v>
       </c>
       <c r="B984" s="0" t="s">
         <v>2070</v>
       </c>
       <c r="C984" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D984" s="0" t="s">
         <v>86</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="985">
       <c r="A985" s="0" t="s">
         <v>2071</v>
       </c>
       <c r="B985" s="0" t="s">
         <v>2072</v>
       </c>
       <c r="C985" s="0" t="s">
         <v>11</v>
@@ -24536,54 +24536,54 @@
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1162">
       <c r="A1162" s="0" t="s">
         <v>2438</v>
       </c>
       <c r="B1162" s="0" t="s">
         <v>2439</v>
       </c>
       <c r="C1162" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1162" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1163">
       <c r="A1163" s="0" t="s">
         <v>2440</v>
       </c>
       <c r="B1163" s="0" t="s">
         <v>2441</v>
       </c>
       <c r="C1163" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="D1163" s="0" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1164">
       <c r="A1164" s="0" t="s">
         <v>2442</v>
       </c>
       <c r="B1164" s="0" t="s">
         <v>2443</v>
       </c>
       <c r="C1164" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D1164" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1165">
       <c r="A1165" s="0" t="s">
         <v>2444</v>
       </c>
       <c r="B1165" s="0" t="s">
         <v>2445</v>
       </c>
       <c r="C1165" s="0" t="s">
         <v>35</v>
@@ -25696,54 +25696,54 @@
         <v>128</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1245">
       <c r="A1245" s="0" t="s">
         <v>2605</v>
       </c>
       <c r="B1245" s="0" t="s">
         <v>2606</v>
       </c>
       <c r="C1245" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D1245" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1246">
       <c r="A1246" s="0" t="s">
         <v>2607</v>
       </c>
       <c r="B1246" s="0" t="s">
         <v>2608</v>
       </c>
       <c r="C1246" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="D1246" s="0" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1247">
       <c r="A1247" s="0" t="s">
         <v>2609</v>
       </c>
       <c r="B1247" s="0" t="s">
         <v>2610</v>
       </c>
       <c r="C1247" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D1247" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1248">
       <c r="A1248" s="0" t="s">
         <v>2611</v>
       </c>
       <c r="B1248" s="0" t="s">
         <v>2612</v>
       </c>
       <c r="C1248" s="0" t="s">
         <v>35</v>