--- v0 (2025-10-07)
+++ v1 (2025-11-30)
@@ -421,56 +421,56 @@
   <si>
     <t>Ashtray;glass;D=92,H=45mm</t>
   </si>
   <si>
     <t>03175512</t>
   </si>
   <si>
     <t>Ashtray;metal;D=160,H=25mm;metal.</t>
   </si>
   <si>
     <t>03170341</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>Ashtray;plastic;D=10,H=4cm;black</t>
   </si>
   <si>
     <t>03170380</t>
   </si>
   <si>
     <t>Ashtray;plastic;D=10,H=4cm;white</t>
   </si>
   <si>
+    <t>03170392</t>
+  </si>
+  <si>
     <t>03170379</t>
   </si>
   <si>
-    <t>03170392</t>
-[...1 lines deleted...]
-  <si>
     <t>Ashtray;porcelain;D=10,H=6cm;white</t>
   </si>
   <si>
     <t>03170384</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>W.A.S.</t>
   </si>
   <si>
     <t>Ashtray;stainless steel;D=10,H=3cm;metal.</t>
   </si>
   <si>
     <t>03170394</t>
   </si>
   <si>
     <t>Ashtray;stainless steel;D=10,H=7cm;metal.</t>
   </si>
   <si>
     <t>03170382</t>
   </si>
   <si>
     <t>Ashtray;stainless steel;D=115,H=50mm;metal.</t>
@@ -2086,56 +2086,56 @@
   <si>
     <t>Container for sauces;plastic;350ml;D=55,H=205mm;white</t>
   </si>
   <si>
     <t>04141418</t>
   </si>
   <si>
     <t>Container for sauces;plastic;350ml;D=6,H=20cm;clear.</t>
   </si>
   <si>
     <t>04141457</t>
   </si>
   <si>
     <t>Container for sauces;plastic;350ml;D=6,H=20cm;red</t>
   </si>
   <si>
     <t>04141446</t>
   </si>
   <si>
     <t>04141458</t>
   </si>
   <si>
     <t>Container for sauces;plastic;350ml;D=6,H=20cm;white</t>
   </si>
   <si>
+    <t>04141460</t>
+  </si>
+  <si>
     <t>04141447</t>
   </si>
   <si>
-    <t>04141460</t>
-[...1 lines deleted...]
-  <si>
     <t>Container for sauces;polyethylene;0.72 l;red</t>
   </si>
   <si>
     <t>04141451</t>
   </si>
   <si>
     <t>Container for sauces;polyethylene;0.72 l;white</t>
   </si>
   <si>
     <t>09100401</t>
   </si>
   <si>
     <t>Container for sauces;polyethylene;240ml;red</t>
   </si>
   <si>
     <t>04141449</t>
   </si>
   <si>
     <t>Container for sauces;polyethylene;360ml;red</t>
   </si>
   <si>
     <t>04141450</t>
   </si>
   <si>
     <t>Container for sauces;polyethylene;360ml;white</t>
@@ -5341,59 +5341,59 @@
   <si>
     <t>03170842</t>
   </si>
   <si>
     <t>Oil can from roofs. “Bambu”;stainless steel;30ml;,L=95,B=70mm</t>
   </si>
   <si>
     <t>03170841</t>
   </si>
   <si>
     <t>Oil container; glass, stainless steel; 250 ml; D=55, H=180 mm; transparent, metal.</t>
   </si>
   <si>
     <t>03172103</t>
   </si>
   <si>
     <t>Oil dish “Dialogue (decor)”;porcelain;40ml;D=66mm</t>
   </si>
   <si>
     <t>03170843</t>
   </si>
   <si>
     <t>Oil spray;steel,glass;100ml;D=4,H=18cm</t>
   </si>
   <si>
+    <t>03171071</t>
+  </si>
+  <si>
+    <t>Sunnex</t>
+  </si>
+  <si>
     <t>03171072</t>
   </si>
   <si>
-    <t>Sunnex</t>
-[...4 lines deleted...]
-  <si>
     <t>Oil/vinegar set 2 pcs. “Geometry”; glass, stainless steel;, H=200, L=200, B=95mm; transparent, metallic.</t>
   </si>
   <si>
     <t>03171265</t>
   </si>
   <si>
     <t>Oil/vinegar set 2 pcs.; glass, stainless steel; D=13.8, H=22, L=13.8, B=13.8cm; transparent, metallic.</t>
   </si>
   <si>
     <t>03171170</t>
   </si>
   <si>
     <t>Oil/vinegar set on a stand; glass, stainless steel; 165 ml; D=44, H=230, L=110, B=115mm; metal.</t>
   </si>
   <si>
     <t>03172230</t>
   </si>
   <si>
     <t>Oil/vinegar set with lid; glass, stainless steel; 0.5 l;, H=34, L=13, B=7 cm</t>
   </si>
   <si>
     <t>03173732</t>
   </si>
   <si>
     <t>Oil/vinegar set; glass, stainless steel; D=155, H=170, L=155, B=80mm; transparent, metallic.</t>
@@ -8962,54 +8962,54 @@
   <si>
     <t>03040373</t>
   </si>
   <si>
     <t>Sauce boat;plastic;180ml</t>
   </si>
   <si>
     <t>03040374</t>
   </si>
   <si>
     <t>Sauce boat;plastic;30ml;D=60,H=35mm</t>
   </si>
   <si>
     <t>03040261</t>
   </si>
   <si>
     <t>Sauce boat;plastic;40ml;D=60,H=35mm;anthracite</t>
   </si>
   <si>
     <t>03040266</t>
   </si>
   <si>
     <t>Sauce boat;plastic;40ml;D=60,H=37mm</t>
   </si>
   <si>
+    <t>03040253</t>
+  </si>
+  <si>
     <t>03040260</t>
-  </si>
-[...1 lines deleted...]
-    <t>03040253</t>
   </si>
   <si>
     <t>Sauce boat;plastic;45ml;D=6,H=4cm;black</t>
   </si>
   <si>
     <t>03040150</t>
   </si>
   <si>
     <t>Sauce boat;plastic;45ml;D=6,H=4cm;brown.</t>
   </si>
   <si>
     <t>03040170</t>
   </si>
   <si>
     <t>Sauce boat;plastic;45ml;D=6,H=4cm;red</t>
   </si>
   <si>
     <t>03040164</t>
   </si>
   <si>
     <t>Sauce boat;plastic;45ml;D=6,H=4cm;white</t>
   </si>
   <si>
     <t>03040155</t>
   </si>
@@ -12714,68 +12714,68 @@
         <v>132</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>132</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>132</v>
+        <v>20</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>132</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>20</v>
+        <v>132</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>20</v>
+        <v>132</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>141</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>20</v>
@@ -16254,68 +16254,68 @@
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="0" t="s">
         <v>687</v>
       </c>
       <c r="B304" s="0" t="s">
         <v>689</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>620</v>
       </c>
       <c r="D304" s="0" t="s">
         <v>605</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="0" t="s">
         <v>690</v>
       </c>
       <c r="B305" s="0" t="s">
         <v>691</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>20</v>
+        <v>620</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>20</v>
+        <v>605</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="0" t="s">
         <v>690</v>
       </c>
       <c r="B306" s="0" t="s">
         <v>692</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>620</v>
+        <v>20</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>605</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="0" t="s">
         <v>693</v>
       </c>
       <c r="B307" s="0" t="s">
         <v>694</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D307" s="0" t="s">
         <v>132</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="0" t="s">
         <v>695</v>
       </c>
       <c r="B308" s="0" t="s">
         <v>696</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>132</v>