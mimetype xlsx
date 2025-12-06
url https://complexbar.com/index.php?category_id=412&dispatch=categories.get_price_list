--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -904,56 +904,56 @@
   <si>
     <t>01010810</t>
   </si>
   <si>
     <t>Highball glass; 250 ml; D=67, H=135 mm; clear.</t>
   </si>
   <si>
     <t>01010942</t>
   </si>
   <si>
     <t>Highball glass; 290 ml; D=7, H=13 cm; clear.</t>
   </si>
   <si>
     <t>01010799</t>
   </si>
   <si>
     <t>Highball glass; 310 ml; D=75, H=155 mm; clear.</t>
   </si>
   <si>
     <t>01010940</t>
   </si>
   <si>
     <t>Highball glass; 311 ml; D=61, H=156 mm; clear.</t>
   </si>
   <si>
+    <t>01011519</t>
+  </si>
+  <si>
     <t>01010784</t>
   </si>
   <si>
-    <t>01011519</t>
-[...1 lines deleted...]
-  <si>
     <t>Highball glass; 325 ml; D=65, H=160mm; clear.</t>
   </si>
   <si>
     <t>01010896</t>
   </si>
   <si>
     <t>Highball glass; 350 ml; D=66, H=146 mm; clear.</t>
   </si>
   <si>
     <t>01010564</t>
   </si>
   <si>
     <t>Highball glass; 350 ml; D=72, H=156 mm; clear.</t>
   </si>
   <si>
     <t>01010941</t>
   </si>
   <si>
     <t>Highball glass; 450 ml; D=70.5, H=154 mm; clear.</t>
   </si>
   <si>
     <t>01010659</t>
   </si>
   <si>
     <t>Highball glass; 456 ml; D=84.5, H=128 mm; clear.</t>
@@ -2089,54 +2089,54 @@
   <si>
     <t>01011050</t>
   </si>
   <si>
     <t>Highball “Savage”; chrome glass; 330 ml; D=68, H=146mm; clear.</t>
   </si>
   <si>
     <t>01011059</t>
   </si>
   <si>
     <t>Highball “Series V”;glass;140ml;D=67,H=110mm;clear.</t>
   </si>
   <si>
     <t>01010126</t>
   </si>
   <si>
     <t>Highball “Series V”;glass;420ml;D=85,H=170mm;clear.</t>
   </si>
   <si>
     <t>01010614</t>
   </si>
   <si>
     <t>Highball “Shetland”;glass;220ml;D=72,H=120mm;clear.</t>
   </si>
   <si>
+    <t>01010230</t>
+  </si>
+  <si>
     <t>01011071</t>
-  </si>
-[...1 lines deleted...]
-    <t>01010230</t>
   </si>
   <si>
     <t>Highball “Shetland”;glass;350ml;D=85,H=137mm;clear.</t>
   </si>
   <si>
     <t>01010437</t>
   </si>
   <si>
     <t>Highball “Shetland”;glass;420ml;D=88,H=145mm;clear.</t>
   </si>
   <si>
     <t>01010513</t>
   </si>
   <si>
     <t>Highball “Show”;cr.glass;368ml;D=7,H=15cm;clear.</t>
   </si>
   <si>
     <t>01010152</t>
   </si>
   <si>
     <t>Highball “Side”;glass;220ml;D=54/47,H=139mm;clear.</t>
   </si>
   <si>
     <t>01010207</t>
   </si>
@@ -7358,65 +7358,65 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="0" t="s">
         <v>689</v>
       </c>
       <c r="B319" s="0" t="s">
         <v>690</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>487</v>
       </c>
       <c r="D319" s="0" t="s">
         <v>488</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="0" t="s">
         <v>691</v>
       </c>
       <c r="B320" s="0" t="s">
         <v>692</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="0" t="s">
         <v>691</v>
       </c>
       <c r="B321" s="0" t="s">
         <v>693</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="0" t="s">
         <v>694</v>
       </c>
       <c r="B322" s="0" t="s">
         <v>695</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D322" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="0" t="s">
         <v>696</v>
       </c>
       <c r="B323" s="0" t="s">
         <v>697</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>45</v>