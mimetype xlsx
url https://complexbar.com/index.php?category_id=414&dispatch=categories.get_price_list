--- v0 (2025-10-08)
+++ v1 (2025-12-02)
@@ -799,56 +799,56 @@
   <si>
     <t>03150797</t>
   </si>
   <si>
     <t>Kettle “Day and Night” textured;ceramics;0.6l;,H=11,L=13cm;white,black</t>
   </si>
   <si>
     <t>03150794</t>
   </si>
   <si>
     <t>Kettle “Elite”;stainless steel;0.5l;,H=13,L=15,B=9cm;metal.</t>
   </si>
   <si>
     <t>03151349</t>
   </si>
   <si>
     <t>Kettle “Elite”;stainless steel;300ml</t>
   </si>
   <si>
     <t>03150190</t>
   </si>
   <si>
     <t>Kettle “Excellence”;porcelain;0.6l;D=12.8,H=10.4cm;white</t>
   </si>
   <si>
+    <t>03151348</t>
+  </si>
+  <si>
     <t>03150740</t>
   </si>
   <si>
-    <t>03151348</t>
-[...1 lines deleted...]
-  <si>
     <t>Kettle “For Tu”;glass;0.53l;,H=12.2,L=14.3,B=10.1cm;clear.</t>
   </si>
   <si>
     <t>03150109</t>
   </si>
   <si>
     <t>Trendglas</t>
   </si>
   <si>
     <t>TREND</t>
   </si>
   <si>
     <t>Kettle “Gongfu” with filter; thermostatic glass, polycarbonate; 0.5 l; D=85, H=145, L=140mm; clear.</t>
   </si>
   <si>
     <t>03150824</t>
   </si>
   <si>
     <t>Kettle “Gongfu” with filter; thermostatic glass, polycarbonate; 0.6 l; D=10, H=14.5, L=14 cm; clear.</t>
   </si>
   <si>
     <t>03150826</t>
   </si>
   <si>
     <t>Kettle “Gongfu” with filter; thermostatic glass, polycarbonate; 0.9 l; D=10.5, H=18.5, L=14cm; clear.</t>
@@ -1039,99 +1039,99 @@
   <si>
     <t>03150110</t>
   </si>
   <si>
     <t>Kettle “Priti Ti”; glass, stainless steel; 0.5 l;, H = 10.2, L = 15.3, B = 10.6 cm; transparent, silver.</t>
   </si>
   <si>
     <t>03150126</t>
   </si>
   <si>
     <t>Kettle “Priti Ti”; glass, stainless steel; 0.65 l;, H = 13.5, L = 20.5, B = 11.2 cm; transparent, silver.</t>
   </si>
   <si>
     <t>03150125</t>
   </si>
   <si>
     <t>Kettle “Priti Ti”;glass;0.5l</t>
   </si>
   <si>
     <t>03150127</t>
   </si>
   <si>
     <t>Kettle “Prohotel”;thermost.glass;1l</t>
   </si>
   <si>
+    <t>03150167</t>
+  </si>
+  <si>
     <t>03150168</t>
   </si>
   <si>
-    <t>03150167</t>
-[...1 lines deleted...]
-  <si>
     <t>Kettle “Prohotel”;thermost.glass;450ml</t>
   </si>
   <si>
     <t>03150178</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass,wood;0.5l;D=95,H=110,L=150mm;clear, holy. tree</t>
   </si>
   <si>
     <t>03150840</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass,wood;1l;D=13,H=13,L=21cm;clear,hot tree</t>
   </si>
   <si>
     <t>03150841</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.6l;D=75,H=110,L=170mm</t>
   </si>
   <si>
     <t>03150177</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.6l;D=78mm</t>
   </si>
   <si>
     <t>03150165</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.6l;D=8,L=19cm</t>
   </si>
   <si>
     <t>03150175</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.6l;D=8cm</t>
   </si>
   <si>
+    <t>03150162</t>
+  </si>
+  <si>
     <t>03150159</t>
-  </si>
-[...1 lines deleted...]
-    <t>03150162</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.7l;,H=85mm</t>
   </si>
   <si>
     <t>03150169</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.7l;D=63,H=130,L=210mm</t>
   </si>
   <si>
     <t>03150171</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.8l;D=13.5,H=14,L=19.5cm</t>
   </si>
   <si>
     <t>03150174</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;1.1l;D=7/13cm</t>
   </si>
   <si>
     <t>03150173</t>
   </si>