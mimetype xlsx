--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -682,56 +682,56 @@
   <si>
     <t>01050821</t>
   </si>
   <si>
     <t>Wine glass “Cabernet”; chrome glass; 470 ml; D=71/86, H=219mm; clear.</t>
   </si>
   <si>
     <t>01050808</t>
   </si>
   <si>
     <t>Wine glass “Cabourg”; christmas glass; 130 ml; D=5/6, H=15 cm; clear.</t>
   </si>
   <si>
     <t>01050210</t>
   </si>
   <si>
     <t>Wine glass “Casablanca”;glass;220ml;D=8,H=16cm;clear.</t>
   </si>
   <si>
     <t>01050444</t>
   </si>
   <si>
     <t>Wine glass “Casablanca”;glass;340ml;D=88,H=173mm;clear.</t>
   </si>
   <si>
+    <t>01051787</t>
+  </si>
+  <si>
     <t>01050624</t>
   </si>
   <si>
-    <t>01051787</t>
-[...1 lines deleted...]
-  <si>
     <t>Wine glass “Celeste”;glass;0.58l;D=66,H=255mm;clear.</t>
   </si>
   <si>
     <t>01051076</t>
   </si>
   <si>
     <t>Wine glass “Celeste”;glass;270ml;D=54,H=214mm;clear.</t>
   </si>
   <si>
     <t>01050337</t>
   </si>
   <si>
     <t>Wine glass “Celeste”;glass;350ml;D=58/67,H=227mm;clear.</t>
   </si>
   <si>
     <t>01050562</t>
   </si>
   <si>
     <t>Wine glass “Celeste”;glass;450ml;D=60/79,H=237mm;clear.</t>
   </si>
   <si>
     <t>01051077</t>
   </si>
   <si>
     <t>Wine glass “Classic Long Life”; christened glass; 0.65 l; D=95, H=225mm; clear.</t>
@@ -2689,81 +2689,81 @@
   <si>
     <t>Royal Leerdam</t>
   </si>
   <si>
     <t>Wine glass “Tidrop”;glass;251ml;D=60/75,H=182mm;clear.</t>
   </si>
   <si>
     <t>01050519</t>
   </si>
   <si>
     <t>Wine glass “Tidrop”;glass;318ml;D=72/83,H=182mm;clear.</t>
   </si>
   <si>
     <t>01050623</t>
   </si>
   <si>
     <t>Wine glass “Timeless”;glass;0.5l;D=10,H=19.8cm;clear.</t>
   </si>
   <si>
     <t>01051241</t>
   </si>
   <si>
     <t>Wine glass “Timeless”;glass;320ml;D=86,H=151mm;clear.</t>
   </si>
   <si>
+    <t>01051374</t>
+  </si>
+  <si>
     <t>01051308</t>
   </si>
   <si>
-    <t>01051374</t>
-[...1 lines deleted...]
-  <si>
     <t>Wine glass “Timeless”;glass;330ml;D=88,H=195mm;clear.</t>
   </si>
   <si>
     <t>01051336</t>
   </si>
   <si>
     <t>Wine glass “Tulip”;glass;200ml;D=65/64,H=155mm;clear.</t>
   </si>
   <si>
     <t>01050489</t>
   </si>
   <si>
     <t>Wine glass “Tulip”;glass;240ml;D=70/65,H=165mm;clear.</t>
   </si>
   <si>
     <t>01050488</t>
   </si>
   <si>
     <t>Wine glass “Tulip”;glass;310ml;D=75/68,H=170mm;clear.</t>
   </si>
   <si>
+    <t>01050777</t>
+  </si>
+  <si>
     <t>01051306</t>
-  </si>
-[...1 lines deleted...]
-    <t>01050777</t>
   </si>
   <si>
     <t>Wine glass “Twist”;glass;180ml;D=69,H=178mm;clear.</t>
   </si>
   <si>
     <t>01050362</t>
   </si>
   <si>
     <t>Wine glass “Twist”;glass;205ml;D=74,H=190mm;clear.</t>
   </si>
   <si>
     <t>01050363</t>
   </si>
   <si>
     <t>Wine glass “Ultim Bord Or”; chrome glass; 380 ml;, H = 21.9 cm; clear.</t>
   </si>
   <si>
     <t>01051715</t>
   </si>
   <si>
     <t>Wine glass “Ultim Bord Or”; chrome glass; 470 ml;, H = 23 cm; clear.</t>
   </si>
   <si>
     <t>01051716</t>
   </si>
@@ -4723,65 +4723,65 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="s">
         <v>220</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>47</v>
@@ -9259,65 +9259,65 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="0" t="s">
         <v>889</v>
       </c>
       <c r="B419" s="0" t="s">
         <v>890</v>
       </c>
       <c r="C419" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D419" s="0" t="s">
         <v>63</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="0" t="s">
         <v>891</v>
       </c>
       <c r="B420" s="0" t="s">
         <v>892</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="0" t="s">
         <v>891</v>
       </c>
       <c r="B421" s="0" t="s">
         <v>893</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D421" s="0" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="0" t="s">
         <v>894</v>
       </c>
       <c r="B422" s="0" t="s">
         <v>895</v>
       </c>
       <c r="C422" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D422" s="0" t="s">
         <v>63</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="0" t="s">
         <v>896</v>
       </c>
       <c r="B423" s="0" t="s">
         <v>897</v>
       </c>
       <c r="C423" s="0" t="s">
         <v>41</v>