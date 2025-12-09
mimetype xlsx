--- v0 (2025-10-07)
+++ v1 (2025-12-09)
@@ -907,60 +907,60 @@
   <si>
     <t>01021522</t>
   </si>
   <si>
     <t>Glass;porcelain;220ml</t>
   </si>
   <si>
     <t>01011514</t>
   </si>
   <si>
     <t>Dobrush porcelain factory</t>
   </si>
   <si>
     <t>DOFZ</t>
   </si>
   <si>
     <t>Glass;porcelain;270ml;D=7,H=8cm;white</t>
   </si>
   <si>
     <t>01020927</t>
   </si>
   <si>
     <t>Julep glass with “Corsair” ornament; stainless steel; 400 ml; D=88/70, H=117mm; silver.</t>
   </si>
   <si>
+    <t>02030470</t>
+  </si>
+  <si>
+    <t>Probar Premium</t>
+  </si>
+  <si>
+    <t>MAGIC METAL</t>
+  </si>
+  <si>
     <t>02030471</t>
-  </si>
-[...7 lines deleted...]
-    <t>02030470</t>
   </si>
   <si>
     <t>Julep glass with “Motivo” ornament; stainless steel; 400 ml; D=88/70, H=117mm; silver.</t>
   </si>
   <si>
     <t>01170925</t>
   </si>
   <si>
     <t>Julep glass;stainless steel;0.54l;D=9,H=14cm;steel</t>
   </si>
   <si>
     <t>01170912</t>
   </si>
   <si>
     <t>Julep glass;stainless steel;300ml;D=80,H=105mm;steel</t>
   </si>
   <si>
     <t>01170911</t>
   </si>
   <si>
     <t>Julep glass;stainless steel;360ml;D=75,H=110mm;steel</t>
   </si>
   <si>
     <t>01170913</t>
   </si>