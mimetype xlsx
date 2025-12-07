--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -11,281 +11,671 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="326" uniqueCount="207">
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Availability</t>
   </si>
   <si>
-    <t>Decanter "Air Sense"; chrome glass; 0.75 l; D=14.5, H=35.1 cm; clear.</t>
-[...2 lines deleted...]
-    <t>03100630</t>
+    <t>Carafe decanter with stopper; glass; 0.5 l;, H = 19.8 cm; clear.</t>
+  </si>
+  <si>
+    <t>03100364</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>PASA/b</t>
+  </si>
+  <si>
+    <t>Cooling decanter; glass, silicone; 1.4 l; D=16, H=27 cm</t>
+  </si>
+  <si>
+    <t>03100440</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>Damask "Carre" square; glass; 0.5 l;, H=19 cm; clear.</t>
+  </si>
+  <si>
+    <t>03100301</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>ARC</t>
+  </si>
+  <si>
+    <t>Damask "Cassiopeia";glass;0.85l;D=10.5,H=21cm;clear.</t>
+  </si>
+  <si>
+    <t>03100465</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>BR F</t>
+  </si>
+  <si>
+    <t>Damask "Marlene"; chrome glass; 0.5 l; D=10.5, H=21.6 cm</t>
+  </si>
+  <si>
+    <t>03100480</t>
   </si>
   <si>
     <t>Zwiesel 1872</t>
   </si>
   <si>
     <t>Zwiesel</t>
   </si>
   <si>
-    <t>Decanter "Explor";glass;1.3l;D=14.5,H=32.3cm;clear.</t>
-[...47 lines deleted...]
-    <t>03100345</t>
+    <t>Damask "Offisina 1825";glass;1l;D=10.5,H=23.7cm;clear.</t>
+  </si>
+  <si>
+    <t>03100464</t>
+  </si>
+  <si>
+    <t>Damask "Omazh Komet"; chrome glass; 0.5 l; D=11.1, H=25 cm; clear.</t>
+  </si>
+  <si>
+    <t>03101633</t>
+  </si>
+  <si>
+    <t>Decanter "Belfesta"; chrome glass; 0.5 l; D=10.2, H=26 cm; clear.</t>
+  </si>
+  <si>
+    <t>03090467</t>
+  </si>
+  <si>
+    <t>Zwiesel Glas</t>
+  </si>
+  <si>
+    <t>Decanter "Belfesta"; chrome glass; 1 l; D=12.7, H=31.8 cm; clear.</t>
+  </si>
+  <si>
+    <t>03101635</t>
+  </si>
+  <si>
+    <t>Decanter "Elite Blue";tritan;0.85l;blue.</t>
+  </si>
+  <si>
+    <t>03100541</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>ST</t>
+  </si>
+  <si>
+    <t>Decanter "Kamliter";polycarbonate;1l</t>
+  </si>
+  <si>
+    <t>03100512</t>
+  </si>
+  <si>
+    <t>Cambro</t>
+  </si>
+  <si>
+    <t>Decanter for buffet wall; porcelain, stainless steel; 1.2 l</t>
+  </si>
+  <si>
+    <t>03100142</t>
+  </si>
+  <si>
+    <t>Frilich</t>
+  </si>
+  <si>
+    <t>Decanter for buffet wall; porcelain, stainless steel; 1.2 l;, H=30, L=17, B=15cm</t>
+  </si>
+  <si>
+    <t>02120468</t>
+  </si>
+  <si>
+    <t>Decanter for wine with decor;crystal;0.85l</t>
+  </si>
+  <si>
+    <t>03100547</t>
+  </si>
+  <si>
+    <t>Neman</t>
+  </si>
+  <si>
+    <t>NEMAN</t>
+  </si>
+  <si>
+    <t>Decanter with handle and stopper; glass; 100 ml; clear.</t>
+  </si>
+  <si>
+    <t>03100506</t>
+  </si>
+  <si>
+    <t>Decanter with handle; glass; 1 l; D=12.6, H=24.3 cm; clear.</t>
+  </si>
+  <si>
+    <t>03100502</t>
+  </si>
+  <si>
+    <t>Decanter with handle; glass; 1 l; D=14.3, H=24.3 cm; clear.</t>
+  </si>
+  <si>
+    <t>03100501</t>
+  </si>
+  <si>
+    <t>Decanter with handle;crystal;0.5l;,H=25,B=11.5cm;clear.</t>
+  </si>
+  <si>
+    <t>03100129</t>
+  </si>
+  <si>
+    <t>Decanter with handle;crystal;0.75l;clear.</t>
+  </si>
+  <si>
+    <t>03100138</t>
+  </si>
+  <si>
+    <t>Decanter with handle;crystal;1l;D=12.5,H=31cm;clear.</t>
+  </si>
+  <si>
+    <t>03101638</t>
+  </si>
+  <si>
+    <t>Decanter with handle;glass;150ml;,H=140,L=82mm;clear.</t>
+  </si>
+  <si>
+    <t>03100106</t>
+  </si>
+  <si>
+    <t>Decanter with handle;glass;260ml;,H=18.1cm;clear.</t>
+  </si>
+  <si>
+    <t>03100103</t>
+  </si>
+  <si>
+    <t>PASA</t>
+  </si>
+  <si>
+    <t>Decanter with lid; glass, stainless steel; 1.2 l</t>
+  </si>
+  <si>
+    <t>03100439</t>
+  </si>
+  <si>
+    <t>Decanter with lid; plastic, stainless steel; 1.2 l</t>
+  </si>
+  <si>
+    <t>03100366</t>
+  </si>
+  <si>
+    <t>Decanter with lid;glass, silicone;1l;clear, black</t>
+  </si>
+  <si>
+    <t>03100152</t>
+  </si>
+  <si>
+    <t>Decanter with lid;glass;0.5l;D=70,H=211mm;clear.</t>
+  </si>
+  <si>
+    <t>03100154</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Decanter with stopper;crystal;0.5l;,H=21,L=9,B=9cm</t>
+  </si>
+  <si>
+    <t>03100156</t>
+  </si>
+  <si>
+    <t>Decanter with stopper;glass;450ml;clear.</t>
+  </si>
+  <si>
+    <t>03100153</t>
+  </si>
+  <si>
+    <t>Decanter without handle; glass; 1 l; D=17.5, H=23.5 cm; clear.</t>
+  </si>
+  <si>
+    <t>03100507</t>
+  </si>
+  <si>
+    <t>Decanter without handle; glass; 1.5 l; D=19.2, H=27.5 cm; clear.</t>
+  </si>
+  <si>
+    <t>03100602</t>
+  </si>
+  <si>
+    <t>Decanter without handle;crystal;0.75l;,H=310,B=95mm;clear.</t>
+  </si>
+  <si>
+    <t>03100128</t>
+  </si>
+  <si>
+    <t>Decanter without lid;glass;1.2l</t>
+  </si>
+  <si>
+    <t>03100424</t>
+  </si>
+  <si>
+    <t>Decanter “Elite”;tritan;0.85l;clear.</t>
+  </si>
+  <si>
+    <t>03100543</t>
+  </si>
+  <si>
+    <t>Decanter “Flower” for wine without handle;crystal;0.5l</t>
+  </si>
+  <si>
+    <t>03100367</t>
+  </si>
+  <si>
+    <t>Decanter “Flower”;crystal;0.75l;D=92,H=263mm</t>
+  </si>
+  <si>
+    <t>03100143</t>
+  </si>
+  <si>
+    <t>Decanter “Flow” with cooler; glass, stainless steel; 1 l; D=16, H=25 cm</t>
+  </si>
+  <si>
+    <t>03100625</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>MATFER</t>
+  </si>
+  <si>
+    <t>Decanter “Fluid” with lid; glass, plastic; 0.5 l; D=91, H=193mm; clear.</t>
+  </si>
+  <si>
+    <t>03100523</t>
+  </si>
+  <si>
+    <t>Decanter “Fluid” with lid; glass, plastic; 1 l; D=10.7, H=26.5 cm</t>
+  </si>
+  <si>
+    <t>03100524</t>
+  </si>
+  <si>
+    <t>Decanter “Fluid” without lid; glass; 0.5 l; D=91, H=193mm; clear.</t>
+  </si>
+  <si>
+    <t>03100525</t>
+  </si>
+  <si>
+    <t>Decanter “Fluid” without lid; glass; 1 l; D=10.7, H=26.5 cm; clear.</t>
+  </si>
+  <si>
+    <t>03100526</t>
+  </si>
+  <si>
+    <t>Decanter “Fluid” without lid; glass; 250 ml; D=71, H=135 mm; clear.</t>
+  </si>
+  <si>
+    <t>03100522</t>
+  </si>
+  <si>
+    <t>Decanter “Inspired”;boros glass;1l;D=80,H=195mm;clear.</t>
+  </si>
+  <si>
+    <t>03101636</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>REVOL</t>
+  </si>
+  <si>
+    <t>Decanter “Lovers” set [2 pcs]; chrome glass; 0.665 l</t>
+  </si>
+  <si>
+    <t>03100433</t>
+  </si>
+  <si>
+    <t>Bohemia</t>
+  </si>
+  <si>
+    <t>BOHEM</t>
+  </si>
+  <si>
+    <t>Decanter “Mill” for wine;crystal;250ml;,H=16.6cm</t>
+  </si>
+  <si>
+    <t>03100149</t>
+  </si>
+  <si>
+    <t>Decanter “Mill”;crystal;150ml;D=82,H=174,B=87mm;clear.</t>
+  </si>
+  <si>
+    <t>03100116</t>
+  </si>
+  <si>
+    <t>Decanter “Mill”;crystal;350ml;D=10.4,H=22.4cm;clear.</t>
+  </si>
+  <si>
+    <t>03100122</t>
+  </si>
+  <si>
+    <t>Decanter “Mill”;crystal;450ml;D=88,H=235mm;clear.</t>
+  </si>
+  <si>
+    <t>03100123</t>
+  </si>
+  <si>
+    <t>Decanter “Pass-partout” with glass; glass; 0.75 l; D=93, H=186mm; clear.</t>
+  </si>
+  <si>
+    <t>03100700</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Decanter “Pure”;glass;D=13,H=20cm</t>
+  </si>
+  <si>
+    <t>03100542</t>
+  </si>
+  <si>
+    <t>Decanter “Rigby”;porcelain;,H=25cm;white</t>
+  </si>
+  <si>
+    <t>03101605</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>HPKV</t>
+  </si>
+  <si>
+    <t>Decanter “Star” for wine;crystal;250ml;,H=16.6cm</t>
+  </si>
+  <si>
+    <t>03100115</t>
+  </si>
+  <si>
+    <t>Decanter “Various Goods”;porcelain;165ml;D=30/65,H=170,B=76mm;white</t>
+  </si>
+  <si>
+    <t>03100604</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>LUB</t>
+  </si>
+  <si>
+    <t>Decanter “Village”;glass;0.7l;D=80,H=203mm;clear.</t>
+  </si>
+  <si>
+    <t>03101632</t>
+  </si>
+  <si>
+    <t>Decanter “Wine Grande” with lid; glass; 1 l;, H=15, L=26.5, B=15cm</t>
+  </si>
+  <si>
+    <t>03100322</t>
+  </si>
+  <si>
+    <t>Spiegelau</t>
+  </si>
+  <si>
+    <t>SPIG</t>
+  </si>
+  <si>
+    <t>Decanter;ceramics;,H=15,L=19,B=15cm;blue.</t>
+  </si>
+  <si>
+    <t>03100546</t>
+  </si>
+  <si>
+    <t>Decanter;christened glass;1l;,H=19.5cm;clear.</t>
+  </si>
+  <si>
+    <t>03100235</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>NUDE</t>
+  </si>
+  <si>
+    <t>Decanter;crystal;0.5l;clear.</t>
+  </si>
+  <si>
+    <t>03100150</t>
+  </si>
+  <si>
+    <t>Decanter;crystal;0.75l;,H=26.3cm</t>
+  </si>
+  <si>
+    <t>03100146</t>
+  </si>
+  <si>
+    <t>Decanter;crystal;1l</t>
+  </si>
+  <si>
+    <t>03100513</t>
+  </si>
+  <si>
+    <t>Dartington</t>
+  </si>
+  <si>
+    <t>DART</t>
+  </si>
+  <si>
+    <t>Decanter;glass, copper;0.93l;D=10,H=16.4cm</t>
+  </si>
+  <si>
+    <t>03101604</t>
+  </si>
+  <si>
+    <t>Decanter;glass;0.5l;D=10.8,H=21cm;clear.</t>
+  </si>
+  <si>
+    <t>03100201</t>
+  </si>
+  <si>
+    <t>Decanter;glass;0.5l;D=12,H=24cm;clear.</t>
+  </si>
+  <si>
+    <t>03100222</t>
   </si>
   <si>
     <t>Stoelzle</t>
   </si>
   <si>
     <t>Stolzl</t>
   </si>
   <si>
-    <t>Decanter “Macaron”;glass;2l;D=16.3,H=31cm;clear.</t>
-[...137 lines deleted...]
-    <t>03100504</t>
+    <t>Decanter;glass;0.5l;D=84,H=235mm</t>
+  </si>
+  <si>
+    <t>03100148</t>
+  </si>
+  <si>
+    <t>Decanter;glass;0.8l;D=92,H=271mm;clear.</t>
+  </si>
+  <si>
+    <t>03101637</t>
+  </si>
+  <si>
+    <t>Craster</t>
+  </si>
+  <si>
+    <t>Decanter;glass;125ml;D=8,H=16cm;clear.</t>
+  </si>
+  <si>
+    <t>03100134</t>
+  </si>
+  <si>
+    <t>Decanter;glass;150ml;D=77,H=165mm;clear.</t>
+  </si>
+  <si>
+    <t>03100111</t>
+  </si>
+  <si>
+    <t>Decanter;glass;250ml;D=68,H=190mm</t>
+  </si>
+  <si>
+    <t>03100147</t>
+  </si>
+  <si>
+    <t>Decanter;glass;250ml;D=90,H=186mm;clear.</t>
+  </si>
+  <si>
+    <t>03100102</t>
+  </si>
+  <si>
+    <t>Decanter;plastic;1.2l</t>
+  </si>
+  <si>
+    <t>03100141</t>
+  </si>
+  <si>
+    <t>Milk carafe with stopper; glass; D=10.5, H=18cm</t>
+  </si>
+  <si>
+    <t>04148561</t>
+  </si>
+  <si>
+    <t>Novecento damask with lid; glass; 0.75 l;, H=207, L=85, B=85mm; clear.</t>
+  </si>
+  <si>
+    <t>03100707</t>
+  </si>
+  <si>
+    <t>Shackle with lid; glass; 1.25 l; D=13.2, H=19cm</t>
+  </si>
+  <si>
+    <t>03100545</t>
+  </si>
+  <si>
+    <t>Shtof "Basic Bar Surfing";glass;0.75l;D=11.8,H=21.5cm;clear.</t>
+  </si>
+  <si>
+    <t>03100478</t>
   </si>
   <si>
     <t>Schott Zwiesel</t>
+  </si>
+  <si>
+    <t>Shtof "Lab";glass;125ml;D=57,H=110mm;clear.</t>
+  </si>
+  <si>
+    <t>03100233</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>R.L.</t>
+  </si>
+  <si>
+    <t>Shtof;cr.glass;0.7l;,H=30cm;clear.</t>
+  </si>
+  <si>
+    <t>03100556</t>
+  </si>
+  <si>
+    <t>Shtof;hr.glass;0.5l;D=11.1,H=25cm</t>
+  </si>
+  <si>
+    <t>03100479</t>
+  </si>
+  <si>
+    <t>Shtof;x.glass;0.75l;D=11.8,H=21.5cm</t>
+  </si>
+  <si>
+    <t>03100374</t>
+  </si>
+  <si>
+    <t>Square damask “Carre”; glass; 250 ml;, H=162, L=65, B=654mm; clear.</t>
+  </si>
+  <si>
+    <t>03100104</t>
+  </si>
+  <si>
+    <t>Square damask “Carre”;glass;1l;D=12,H=25.5cm</t>
+  </si>
+  <si>
+    <t>03100230</t>
+  </si>
+  <si>
+    <t>Wine decanter without handle;glass;1l;,H=19.8,B=12.8cm</t>
+  </si>
+  <si>
+    <t>03100557</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="# ##0.₽"/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -342,51 +732,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F27"/>
+  <dimension ref="A1:F81"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
@@ -397,385 +787,1143 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="0" t="s">
+      <c r="C4" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="0" t="s">
+      <c r="D4" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" s="0" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="0" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="C11" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="C11" s="0"/>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="B28" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>9</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Doc Author</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>