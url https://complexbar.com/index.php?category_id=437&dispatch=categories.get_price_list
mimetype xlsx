--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -424,56 +424,56 @@
   <si>
     <t>03090147</t>
   </si>
   <si>
     <t>Jug without lid; glass; 250 ml; clear.</t>
   </si>
   <si>
     <t>03090325</t>
   </si>
   <si>
     <t>Jug without lid;crystal;1.2l;D=95,L=155mm</t>
   </si>
   <si>
     <t>03090199</t>
   </si>
   <si>
     <t>Jug “Aurum”;glass;1.5l;D=85,H=300,L=130,B=5mm;clear.</t>
   </si>
   <si>
     <t>03090161</t>
   </si>
   <si>
     <t>Jug “Bacchus”;glass;0.5l;D=85,H=210mm;clear.</t>
   </si>
   <si>
+    <t>03090141</t>
+  </si>
+  <si>
     <t>03090287</t>
   </si>
   <si>
-    <t>03090141</t>
-[...1 lines deleted...]
-  <si>
     <t>Jug “Bacchus”;glass;1.2l;D=80/105,H=265mm;clear.</t>
   </si>
   <si>
     <t>03090248</t>
   </si>
   <si>
     <t>Jug “Bacchus”;glass;1l;D=10.5,H=26.5cm;clear.</t>
   </si>
   <si>
     <t>03090140</t>
   </si>
   <si>
     <t>Jug “Bacchus”;glass;250ml;D=62,H=175mm;clear.</t>
   </si>
   <si>
     <t>03090481</t>
   </si>
   <si>
     <t>Jug “Bistro”;christmas glass;250ml</t>
   </si>
   <si>
     <t>03090322</t>
   </si>
   <si>
     <t>Schott Zwiesel</t>
@@ -703,54 +703,54 @@
   <si>
     <t>Jug “Longchamp”; christened glass; 1.5 l;, H=22, L=17.3 cm; clear.</t>
   </si>
   <si>
     <t>03090459</t>
   </si>
   <si>
     <t>Eclat</t>
   </si>
   <si>
     <t>Jug “Master”;glass;1.1l;D=14.8,H=18cm;clear.</t>
   </si>
   <si>
     <t>03090712</t>
   </si>
   <si>
     <t>IVV</t>
   </si>
   <si>
     <t>03090711</t>
   </si>
   <si>
     <t>Jug “Master”;glass;1.3l;D=13,H=25.5cm;clear.</t>
   </si>
   <si>
+    <t>03090714</t>
+  </si>
+  <si>
     <t>03090713</t>
-  </si>
-[...1 lines deleted...]
-    <t>03090714</t>
   </si>
   <si>
     <t>Jug “Mill” with lid;crystal;1.5l;,H=33.5cm;clear.</t>
   </si>
   <si>
     <t>03090260</t>
   </si>
   <si>
     <t>Jug “Moon” with lid; glass, plastic; 1.7 l;, H=23.5, L=16.7 cm; transparent, red</t>
   </si>
   <si>
     <t>03090275</t>
   </si>
   <si>
     <t>Jug “Organix”;porcelain;200ml;,H=120,L=85mm;white</t>
   </si>
   <si>
     <t>03090223</t>
   </si>
   <si>
     <t>Jug “Pas-Partu”;glass;250ml;,H=90,L=83,B=77mm;clear.</t>
   </si>
   <si>
     <t>03090743</t>
   </si>
@@ -2124,65 +2124,65 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>61</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>