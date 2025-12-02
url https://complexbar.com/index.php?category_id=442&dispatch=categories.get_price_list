--- v0 (2025-10-08)
+++ v1 (2025-12-02)
@@ -583,102 +583,102 @@
   <si>
     <t>03150841</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.6l;D=75,H=110,L=170mm</t>
   </si>
   <si>
     <t>03150177</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.6l;D=78mm</t>
   </si>
   <si>
     <t>03150165</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.6l;D=8,L=19cm</t>
   </si>
   <si>
     <t>03150175</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.6l;D=8cm</t>
   </si>
   <si>
+    <t>03150162</t>
+  </si>
+  <si>
     <t>03150159</t>
   </si>
   <si>
-    <t>03150162</t>
-[...1 lines deleted...]
-  <si>
     <t>Kettle “Prootel”;thermost.glass;0.7l;,H=85mm</t>
   </si>
   <si>
     <t>03150169</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.7l;D=63,H=130,L=210mm</t>
   </si>
   <si>
     <t>03150171</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;0.8l;D=13.5,H=14,L=19.5cm</t>
   </si>
   <si>
     <t>03150174</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;1.1l;D=7/13cm</t>
   </si>
   <si>
     <t>03150173</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;1l;,L=21cm</t>
   </si>
   <si>
     <t>03150176</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;1l;D=73,H=140,L=215mm</t>
   </si>
   <si>
     <t>03150170</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;1l;D=8cm</t>
   </si>
   <si>
+    <t>03150163</t>
+  </si>
+  <si>
     <t>03150160</t>
   </si>
   <si>
     <t>03150166</t>
-  </si>
-[...1 lines deleted...]
-    <t>03150163</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;350ml;D=60,H=105,L=170mm;clear.</t>
   </si>
   <si>
     <t>03150172</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;400ml;D=66mm</t>
   </si>
   <si>
     <t>03150158</t>
   </si>
   <si>
     <t>Kettle “Prootel”;thermost.glass;400ml;D=7cm</t>
   </si>
   <si>
     <t>03150161</t>
   </si>
   <si>
     <t>03150164</t>
   </si>
   <si>
     <t>Kettle “Punto Bianca”; porcelain; 0.5 l;, H = 14.5, B = 10.5 cm; white, black</t>
   </si>