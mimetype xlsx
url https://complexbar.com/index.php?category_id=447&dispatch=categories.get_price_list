--- v0 (2025-10-10)
+++ v1 (2025-12-02)
@@ -118,56 +118,56 @@
   <si>
     <t>ARC</t>
   </si>
   <si>
     <t>Tea cup "Kraft Apple"; porcelain; 228 ml; D=9, H=6cm; yellow-green.</t>
   </si>
   <si>
     <t>03141904</t>
   </si>
   <si>
     <t>Tea cup "Mercury"; porcelain; 200 ml; white</t>
   </si>
   <si>
     <t>03140530</t>
   </si>
   <si>
     <t>Lubiana</t>
   </si>
   <si>
     <t>LUB</t>
   </si>
   <si>
     <t>Tea cup "Mercury"; porcelain; 250 ml; white</t>
   </si>
   <si>
+    <t>03140589</t>
+  </si>
+  <si>
     <t>03140599</t>
   </si>
   <si>
-    <t>03140589</t>
-[...1 lines deleted...]
-  <si>
     <t>Tea cup "Mezen" Praktik Koni; porcelain; 250ml; D=90/119, H=63mm; white, red</t>
   </si>
   <si>
     <t>03131293</t>
   </si>
   <si>
     <t>Bashkir porcelain</t>
   </si>
   <si>
     <t>BASH</t>
   </si>
   <si>
     <t>Tea cup "Milk"; porcelain; 360 ml; white</t>
   </si>
   <si>
     <t>03131276</t>
   </si>
   <si>
     <t>Tea cup "Milk"; porcelain; 80 ml; white</t>
   </si>
   <si>
     <t>03131274</t>
   </si>
   <si>
     <t>Tea cup "Prootel" double walls; thermal glass; 300 ml; D=103, H=70mm; clear.</t>
@@ -2887,54 +2887,54 @@
   <si>
     <t>03140860</t>
   </si>
   <si>
     <t>Tea pair “Ebro” set[6pcs];glass;250ml;,H=85,L=460,B=160mm;white</t>
   </si>
   <si>
     <t>03140217</t>
   </si>
   <si>
     <t>Tea pair “Emerald Milky Way”; porcelain; 200 ml; D=15.5 cm; emerald., black</t>
   </si>
   <si>
     <t>03141355</t>
   </si>
   <si>
     <t>Tea pair “Express-Vostok”; porcelain; 220ml; D=143, H=65mm; white, blue</t>
   </si>
   <si>
     <t>03141207</t>
   </si>
   <si>
     <t>Tea pair “Express”;porcelain;220ml;D=75/143,H=75mm;white</t>
   </si>
   <si>
+    <t>03141628</t>
+  </si>
+  <si>
     <t>03141119</t>
-  </si>
-[...1 lines deleted...]
-    <t>03141628</t>
   </si>
   <si>
     <t>Tea pair “French Classic”; porcelain; 350 ml; D=19.5 cm; white</t>
   </si>
   <si>
     <t>03141151</t>
   </si>
   <si>
     <t>Revol</t>
   </si>
   <si>
     <t>REVOL</t>
   </si>
   <si>
     <t>Tea pair “Kaleidos” (4 cups + 4 saucers) [8 pcs]; porcelain; multi-colored.</t>
   </si>
   <si>
     <t>03141129</t>
   </si>
   <si>
     <t>Tea pair “Kirmash”;porcelain;250ml;white</t>
   </si>
   <si>
     <t>03141120</t>
   </si>