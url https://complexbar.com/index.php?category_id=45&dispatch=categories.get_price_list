--- v0 (2025-10-07)
+++ v1 (2025-12-02)
@@ -241,59 +241,59 @@
   <si>
     <t>Double trolley for trays and gastronorm containers 1/1, 2*12 tiers; stainless steel;, H=170, L=92.5, B=62 cm; gray</t>
   </si>
   <si>
     <t>08060333</t>
   </si>
   <si>
     <t>Double trolley for trays and gastronorm containers 1/1, 24 tiers; stainless steel;, H=170, L=92.5, B=62 cm; silver</t>
   </si>
   <si>
     <t>08060329</t>
   </si>
   <si>
     <t>Floor stand for heavy objects max = 680 kg; polyethylene;, H = 30, L = 91.5, B = 53.3 cm; gray</t>
   </si>
   <si>
     <t>04121701</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
     <t>Floor stand for trays; beech;, H=83, L=47, B=43cm; brown.</t>
   </si>
   <si>
+    <t>08010320</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
     <t>08010346</t>
   </si>
   <si>
-    <t>PPwood</t>
-[...4 lines deleted...]
-  <si>
     <t>Floor stand for trays; beech;, H=83, L=47, B=43cm; mahogany</t>
   </si>
   <si>
     <t>08010316</t>
   </si>
   <si>
     <t>Floor stand for trays; stainless steel;, H=74, L=48, B=38 cm; silver.</t>
   </si>
   <si>
     <t>08010367</t>
   </si>
   <si>
     <t>Floor stand for trays; stainless steel;, H=79, L=50, B=48.5cm; silver.</t>
   </si>
   <si>
     <t>04150155</t>
   </si>
   <si>
     <t>Floor stand for trays; wood, nylon;, H=81, L=43, B=37.5 cm; wenge</t>
   </si>
   <si>
     <t>08012301</t>
   </si>
   <si>
     <t>Floor stand for trays;beech;,H=83,L=47,B=43cm;black</t>
@@ -691,54 +691,54 @@
   <si>
     <t>Stand;stainless steel;,H=90,L=65,B=30cm;black</t>
   </si>
   <si>
     <t>04150633</t>
   </si>
   <si>
     <t>Serax</t>
   </si>
   <si>
     <t>Thermostatic trolley for plates D=200-310mm; stainless steel;, H=105, L=99, B=51cm; silver.</t>
   </si>
   <si>
     <t>08060177</t>
   </si>
   <si>
     <t>Thermostatic trolley for plates D=200-310mm;stainless steel;,H=105,L=65,B=51cm;silver.</t>
   </si>
   <si>
     <t>07110402</t>
   </si>
   <si>
     <t>Thermostatic trolley for serving breakfasts with a table and compartments for gastronorm containers 1/1 2*6 tier</t>
   </si>
   <si>
+    <t>08060153</t>
+  </si>
+  <si>
     <t>08060152</t>
-  </si>
-[...1 lines deleted...]
-    <t>08060153</t>
   </si>
   <si>
     <t>Tray stand “Solid”;walnut;,H=13.5,L=51,B=42cm;wood theme</t>
   </si>
   <si>
     <t>08014018</t>
   </si>
   <si>
     <t>Zieher</t>
   </si>
   <si>
     <t>Tray stand;oak,nylon;,H=71.5,L=56.5,B=35.5cm;black oak</t>
   </si>
   <si>
     <t>08014022</t>
   </si>
   <si>
     <t>Tray stand;walnut;,H=71.5,L=56.5,B=35.5cm;wood theme</t>
   </si>
   <si>
     <t>08014019</t>
   </si>
   <si>
     <t>Tray trolley 454*355mm, 7 tiers;aluminium,mdf;,H=125,L=51.5,B=47.5cm;silver.</t>
   </si>