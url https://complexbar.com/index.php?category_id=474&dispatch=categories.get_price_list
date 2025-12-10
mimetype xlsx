--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -331,54 +331,54 @@
   <si>
     <t>Container for sauces;plastic;350ml;D=55,H=205mm;white</t>
   </si>
   <si>
     <t>04141418</t>
   </si>
   <si>
     <t>Container for sauces;plastic;350ml;D=6,H=20cm;clear.</t>
   </si>
   <si>
     <t>04141457</t>
   </si>
   <si>
     <t>Container for sauces;plastic;350ml;D=6,H=20cm;red</t>
   </si>
   <si>
     <t>04141446</t>
   </si>
   <si>
     <t>04141458</t>
   </si>
   <si>
     <t>Container for sauces;plastic;350ml;D=6,H=20cm;white</t>
   </si>
   <si>
+    <t>04141447</t>
+  </si>
+  <si>
     <t>04141460</t>
-  </si>
-[...1 lines deleted...]
-    <t>04141447</t>
   </si>
   <si>
     <t>Container for sauces;polyethylene;0.72 l;red</t>
   </si>
   <si>
     <t>04141451</t>
   </si>
   <si>
     <t>Container for sauces;polyethylene;0.72 l;white</t>
   </si>
   <si>
     <t>09100401</t>
   </si>
   <si>
     <t>Container for sauces;polyethylene;240ml;red</t>
   </si>
   <si>
     <t>04141449</t>
   </si>
   <si>
     <t>Container for sauces;polyethylene;360ml;red</t>
   </si>
   <si>
     <t>04141450</t>
   </si>
@@ -1260,68 +1260,68 @@
         <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>63</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>63</v>