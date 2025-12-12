--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -301,56 +301,56 @@
   <si>
     <t>03030297</t>
   </si>
   <si>
     <t>Casalinghi</t>
   </si>
   <si>
     <t>CASAL</t>
   </si>
   <si>
     <t>Handmade salad bowl; porcelain; D=150, H=32mm; white</t>
   </si>
   <si>
     <t>03031965</t>
   </si>
   <si>
     <t>Sumisura</t>
   </si>
   <si>
     <t>ROYALE</t>
   </si>
   <si>
     <t>Handmade salad bowl; porcelain; D=175, H=50mm; white</t>
   </si>
   <si>
+    <t>03032083</t>
+  </si>
+  <si>
     <t>03032084</t>
   </si>
   <si>
-    <t>03032083</t>
-[...1 lines deleted...]
-  <si>
     <t>Handmade salad bowl; porcelain; D=175, H=55mm; white</t>
   </si>
   <si>
     <t>03032069</t>
   </si>
   <si>
     <t>Rectangular salad bowl; plastic; 1.5 l;, H=70, L=265, B=162mm; dark brown, red</t>
   </si>
   <si>
     <t>03031166</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>Rectangular salad bowl; plastic; 1.5 l;, H=70, L=265, B=162mm; dark wood</t>
   </si>
   <si>
     <t>03031165</t>
   </si>
   <si>
     <t>Rectangular salad bowl; plastic; 2.5 l;, H=90, L=265, B=162mm; wood theme, green.</t>
   </si>
   <si>
     <t>03031167</t>
@@ -994,59 +994,59 @@
   <si>
     <t>03030784</t>
   </si>
   <si>
     <t>Salad bowl handmade;porcelain;D=14,H=7cm;white</t>
   </si>
   <si>
     <t>03032144</t>
   </si>
   <si>
     <t>03032145</t>
   </si>
   <si>
     <t>Salad bowl handmade;porcelain;D=21,H=8cm;white</t>
   </si>
   <si>
     <t>03032081</t>
   </si>
   <si>
     <t>03032082</t>
   </si>
   <si>
     <t>Salad bowl handmade;porcelain;D=95,H=47mm;white</t>
   </si>
   <si>
+    <t>03034125</t>
+  </si>
+  <si>
+    <t>03034124</t>
+  </si>
+  <si>
     <t>03032070</t>
   </si>
   <si>
-    <t>03034125</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl No. 7 “Mercy” sandstone;, H=30, L=145, B=105mm; creams.</t>
   </si>
   <si>
     <t>03031896</t>
   </si>
   <si>
     <t>Salad bowl No. 8 “Mercy” sandstone;, H=25, L=98, B=65mm; creams.</t>
   </si>
   <si>
     <t>03031895</t>
   </si>
   <si>
     <t>Salad bowl on a dish [2 pcs]; ceramics; D=120, H=45, L=295mm; white, beige.</t>
   </si>
   <si>
     <t>03031941</t>
   </si>
   <si>
     <t>Cozy&amp;Trendy</t>
   </si>
   <si>
     <t>Billiet</t>
   </si>
   <si>
     <t>Salad bowl on a leg; porcelain; D=13cm; white</t>
@@ -9424,54 +9424,54 @@
   <si>
     <t>03031927</t>
   </si>
   <si>
     <t>Salad bowl “Solstis Cosmos Gold”;ceramics;400ml;D=126,H=56mm;black,gold</t>
   </si>
   <si>
     <t>03032410</t>
   </si>
   <si>
     <t>Salad bowl “Sonata”;porcelain;90ml;D=10cm;white</t>
   </si>
   <si>
     <t>03031453</t>
   </si>
   <si>
     <t>Salad bowl “Space”;glass;D=13cm;black</t>
   </si>
   <si>
     <t>03032233</t>
   </si>
   <si>
     <t>Salad bowl “Space”;glass;D=20cm;clear.</t>
   </si>
   <si>
+    <t>03030465</t>
+  </si>
+  <si>
     <t>03032041</t>
-  </si>
-[...1 lines deleted...]
-    <t>03030465</t>
   </si>
   <si>
     <t>Salad bowl “Sparkling”;ceramics;225ml;D=155,H=48mm;brown.</t>
   </si>
   <si>
     <t>03035046</t>
   </si>
   <si>
     <t>Salad bowl “Sparkling”;ceramics;235ml;D=155,H=48mm;blue.</t>
   </si>
   <si>
     <t>03035047</t>
   </si>
   <si>
     <t>Salad bowl “Sparkling”;ceramics;235ml;D=155,H=48mm;green.</t>
   </si>
   <si>
     <t>03035048</t>
   </si>
   <si>
     <t>Salad bowl “Sparkling”;ceramics;D=115,H=38mm;blue.</t>
   </si>
   <si>
     <t>03035103</t>
   </si>
@@ -34594,65 +34594,65 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1519">
       <c r="A1519" s="0" t="s">
         <v>3134</v>
       </c>
       <c r="B1519" s="0" t="s">
         <v>3135</v>
       </c>
       <c r="C1519" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D1519" s="0" t="s">
         <v>197</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1520">
       <c r="A1520" s="0" t="s">
         <v>3136</v>
       </c>
       <c r="B1520" s="0" t="s">
         <v>3137</v>
       </c>
       <c r="C1520" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D1520" s="0" t="s">
-        <v>204</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1521">
       <c r="A1521" s="0" t="s">
         <v>3136</v>
       </c>
       <c r="B1521" s="0" t="s">
         <v>3138</v>
       </c>
       <c r="C1521" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D1521" s="0" t="s">
-        <v>13</v>
+        <v>204</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1522">
       <c r="A1522" s="0" t="s">
         <v>3139</v>
       </c>
       <c r="B1522" s="0" t="s">
         <v>3140</v>
       </c>
       <c r="C1522" s="0" t="s">
         <v>336</v>
       </c>
       <c r="D1522" s="0" t="s">
         <v>337</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1523">
       <c r="A1523" s="0" t="s">
         <v>3141</v>
       </c>
       <c r="B1523" s="0" t="s">
         <v>3142</v>
       </c>
       <c r="C1523" s="0" t="s">
         <v>336</v>