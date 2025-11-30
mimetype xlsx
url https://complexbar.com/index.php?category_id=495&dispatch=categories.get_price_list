--- v0 (2025-10-08)
+++ v1 (2025-11-30)
@@ -424,57 +424,57 @@
   <si>
     <t>04091333</t>
   </si>
   <si>
     <t>Drawer for vegetables; oak;, H=16, L=26.5/25, B=25cm; brown.</t>
   </si>
   <si>
     <t>04121303</t>
   </si>
   <si>
     <t>Drawer with handles;oak;,H=6,L=40,B=20cm</t>
   </si>
   <si>
     <t>04090938</t>
   </si>
   <si>
     <t>Drawer;oak;,H=15.3,L=32.5,B=26.5cm</t>
   </si>
   <si>
     <t>04121306</t>
   </si>
   <si>
     <t>Drawer;oak;,H=18,L=41,B=30cm</t>
   </si>
   <si>
+    <t>04121304</t>
+  </si>
+  <si>
+    <t>04121307</t>
+  </si>
+  <si>
     <t>04121305</t>
-  </si>
-[...4 lines deleted...]
-    <t>04121307</t>
   </si>
   <si>
     <t>Feed box;walnut;,H=7,L=35,B=25cm</t>
   </si>
   <si>
     <t>04090946</t>
   </si>
   <si>
     <t>Feed box;walnut;,H=75,L=265,B=162mm;wood theme</t>
   </si>
   <si>
     <t>04091340</t>
   </si>
   <si>
     <t>Feed box;wood;,H=10.5,L=29,B=18.5cm;black</t>
   </si>
   <si>
     <t>04090923</t>
   </si>
   <si>
     <t>Feed box;wood;,H=75,L=265,B=163mm</t>
   </si>
   <si>
     <t>04090773</t>
   </si>