--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -190,62 +190,62 @@
   <si>
     <t>03171066</t>
   </si>
   <si>
     <t>Neman</t>
   </si>
   <si>
     <t>NEMAN</t>
   </si>
   <si>
     <t>Rosette;glass;D=101,H=25mm;clear.</t>
   </si>
   <si>
     <t>03171004</t>
   </si>
   <si>
     <t>Pasabahce</t>
   </si>
   <si>
     <t>PASA</t>
   </si>
   <si>
     <t>Saucer "Eggshell" with rim; porcelain; white</t>
   </si>
   <si>
+    <t>03025164</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>WEIYE</t>
+  </si>
+  <si>
     <t>03025162</t>
   </si>
   <si>
-    <t>Kunstwerk</t>
-[...7 lines deleted...]
-  <si>
     <t>Saucer d/art. 312109MG “Matt Gray”;porcelain;D=12cm;gray</t>
   </si>
   <si>
     <t>03024453</t>
   </si>
   <si>
     <t>Genware</t>
   </si>
   <si>
     <t>Genwar</t>
   </si>
   <si>
     <t>Saucer d/art. 322118MG “Matt Gray”;porcelain;D=13.5cm;gray</t>
   </si>
   <si>
     <t>03024454</t>
   </si>
   <si>
     <t>Saucer d/art.604420; porcelain; D=11cm; beige.</t>
   </si>
   <si>
     <t>03024431</t>
   </si>
   <si>
     <t>Fine 2 Dine</t>
@@ -1531,56 +1531,56 @@
   <si>
     <t>03025096</t>
   </si>
   <si>
     <t>Saucer “Karakter”;ceramics;,H=12,L=135,B=83mm;emerald.</t>
   </si>
   <si>
     <t>03024284</t>
   </si>
   <si>
     <t>Saucer “Karakter”;ceramics;,H=12,L=135,B=83mm;yellow.</t>
   </si>
   <si>
     <t>03024442</t>
   </si>
   <si>
     <t>Saucer “Karat”;porcelain;D=125,H=18mm;white</t>
   </si>
   <si>
     <t>03022225</t>
   </si>
   <si>
     <t>Saucer “Karat”;porcelain;D=160,H=18mm;white</t>
   </si>
   <si>
+    <t>03022227</t>
+  </si>
+  <si>
     <t>03022226</t>
   </si>
   <si>
-    <t>03022227</t>
-[...1 lines deleted...]
-  <si>
     <t>Saucer “Kashub-hel-combi”; porcelain; D=140, H=15mm; white</t>
   </si>
   <si>
     <t>03022005</t>
   </si>
   <si>
     <t>Saucer “Kashub-hel”;porcelain;D=120,H=15mm;white</t>
   </si>
   <si>
     <t>03020131</t>
   </si>
   <si>
     <t>Saucer “Kashub-hel”;porcelain;D=135,H=15mm;white</t>
   </si>
   <si>
     <t>03020132</t>
   </si>
   <si>
     <t>Saucer “Kashub-hel”;porcelain;D=150,H=15mm;white</t>
   </si>
   <si>
     <t>03020133</t>
   </si>
   <si>
     <t>Saucer “Kashub-hel”;porcelain;D=160,H=15mm;white</t>
@@ -1696,113 +1696,113 @@
   <si>
     <t>03022244</t>
   </si>
   <si>
     <t>Saucer “Kraft”; porcelain; D=165, H=15mm; terracotta</t>
   </si>
   <si>
     <t>03022273</t>
   </si>
   <si>
     <t>Saucer “Kunstwerk”;porcelain;D=105,H=13mm;white</t>
   </si>
   <si>
     <t>03022098</t>
   </si>
   <si>
     <t>Saucer “Kunstwerk”;porcelain;D=110,H=15mm;white</t>
   </si>
   <si>
     <t>03022167</t>
   </si>
   <si>
     <t>Saucer “Kunstwerk”;porcelain;D=115,H=16mm;white</t>
   </si>
   <si>
+    <t>03022094</t>
+  </si>
+  <si>
     <t>03022135</t>
   </si>
   <si>
-    <t>03022094</t>
-[...1 lines deleted...]
-  <si>
     <t>Saucer “Kunstwerk”;porcelain;D=120,H=14mm;white</t>
   </si>
   <si>
     <t>03022108</t>
   </si>
   <si>
     <t>Saucer “Kunstwerk”;porcelain;D=132,H=18mm;white</t>
   </si>
   <si>
     <t>03022112</t>
   </si>
   <si>
     <t>Saucer “Kunstwerk”;porcelain;D=135,H=18mm;white</t>
   </si>
   <si>
     <t>03022099</t>
   </si>
   <si>
     <t>Saucer “Kunstwerk”;porcelain;D=136,H=20mm;white</t>
   </si>
   <si>
     <t>03022115</t>
   </si>
   <si>
     <t>Saucer “Kunstwerk”;porcelain;D=14,H=2cm;white</t>
   </si>
   <si>
     <t>03022168</t>
   </si>
   <si>
     <t>Saucer “Kunstwerk”;porcelain;D=140,H=22mm;white</t>
   </si>
   <si>
     <t>03022095</t>
   </si>
   <si>
     <t>Saucer “Kunstwerk”;porcelain;D=145,H=23mm;white</t>
   </si>
   <si>
     <t>03022096</t>
   </si>
   <si>
     <t>Saucer “Kunstwerk”;porcelain;D=15,H=2cm;white</t>
   </si>
   <si>
+    <t>03022101</t>
+  </si>
+  <si>
+    <t>03022114</t>
+  </si>
+  <si>
+    <t>03022097</t>
+  </si>
+  <si>
     <t>03022169</t>
   </si>
   <si>
-    <t>03022101</t>
-[...7 lines deleted...]
-  <si>
     <t>Saucer “Kunstwerk”;porcelain;D=150,H=23mm;white</t>
   </si>
   <si>
     <t>03022107</t>
   </si>
   <si>
     <t>Saucer “Laguna”; ceramics; D=13.5 cm; blue-gray.</t>
   </si>
   <si>
     <t>03024227</t>
   </si>
   <si>
     <t>Saucer “Lapya”; porcelain; D=12cm; white, beige.</t>
   </si>
   <si>
     <t>03024479</t>
   </si>
   <si>
     <t>Saucer “Lifestyle”; porcelain; D=120, H=16mm; sand.</t>
   </si>
   <si>
     <t>03022975</t>
   </si>
   <si>
     <t>Saucer “Lifestyle”; porcelain; D=12cm; turquoise.</t>
@@ -2332,56 +2332,56 @@
   <si>
     <t>03024718</t>
   </si>
   <si>
     <t>Saucer “Performa”;glass;D=120,H=13mm;white</t>
   </si>
   <si>
     <t>03020128</t>
   </si>
   <si>
     <t>Saucer “Pinky”;ceramics;D=15cm;gray</t>
   </si>
   <si>
     <t>03024294</t>
   </si>
   <si>
     <t>Saucer “Polar”; porcelain; D=12cm; white</t>
   </si>
   <si>
     <t>03025165</t>
   </si>
   <si>
     <t>Saucer “Polar”;porcelain;white</t>
   </si>
   <si>
+    <t>03025167</t>
+  </si>
+  <si>
     <t>03025166</t>
   </si>
   <si>
-    <t>03025167</t>
-[...1 lines deleted...]
-  <si>
     <t>Saucer “Portofino”;porcelain;D=13,H=2cm;white</t>
   </si>
   <si>
     <t>03020161</t>
   </si>
   <si>
     <t>Saucer “Portofino”;porcelain;D=17,H=2cm;white</t>
   </si>
   <si>
     <t>03020163</t>
   </si>
   <si>
     <t>Saucer “Prague”; porcelain; D=120, H=18mm; white</t>
   </si>
   <si>
     <t>03020120</t>
   </si>
   <si>
     <t>Saucer “Prague”;porcelain;D=145,H=20mm;white</t>
   </si>
   <si>
     <t>03020125</t>
   </si>
   <si>
     <t>Saucer “Principle”;porcelain;D=165,H=25mm;white</t>
@@ -3322,62 +3322,62 @@
   <si>
     <t>03022270</t>
   </si>
   <si>
     <t>Saucer;porcelain;D=13cm;white</t>
   </si>
   <si>
     <t>03024328</t>
   </si>
   <si>
     <t>Saucer;porcelain;D=14,H=2cm;white</t>
   </si>
   <si>
     <t>03024703</t>
   </si>
   <si>
     <t>Saucer;porcelain;D=14.5cm;blue</t>
   </si>
   <si>
     <t>03024702</t>
   </si>
   <si>
     <t>Saucer;porcelain;D=140,H=22mm;white</t>
   </si>
   <si>
+    <t>03022235</t>
+  </si>
+  <si>
+    <t>Ancap</t>
+  </si>
+  <si>
+    <t>d'ANC</t>
+  </si>
+  <si>
     <t>03025208</t>
   </si>
   <si>
-    <t>03022235</t>
-[...7 lines deleted...]
-  <si>
     <t>Saucer;porcelain;D=15cm;blue</t>
   </si>
   <si>
     <t>03024366</t>
   </si>
   <si>
     <t>Saucer;porcelain;D=15cm;white</t>
   </si>
   <si>
     <t>03024458</t>
   </si>
   <si>
     <t>Saucer;porcelain;D=16cm</t>
   </si>
   <si>
     <t>03022290</t>
   </si>
   <si>
     <t>Saucer;porcelain;D=18cm;white</t>
   </si>
   <si>
     <t>03024330</t>
   </si>
   <si>
     <t>Saucer;porcelain;D=19.5cm</t>
@@ -3385,54 +3385,54 @@
   <si>
     <t>03022289</t>
   </si>
   <si>
     <t>Square saucer “Classic”; porcelain;, L=11, B=11cm; white</t>
   </si>
   <si>
     <t>03022016</t>
   </si>
   <si>
     <t>Square saucer “Classic”; porcelain;, L=14, B=14cm; white</t>
   </si>
   <si>
     <t>03022009</t>
   </si>
   <si>
     <t>Square saucer “Kunstwerk”; porcelain;, L=10.2, B=10.2 cm; white</t>
   </si>
   <si>
     <t>03022110</t>
   </si>
   <si>
     <t>Square saucer “Kunstwerk”; porcelain;, L=13.2, B=13.2 cm; white</t>
   </si>
   <si>
+    <t>03022109</t>
+  </si>
+  <si>
     <t>03022111</t>
-  </si>
-[...1 lines deleted...]
-    <t>03022109</t>
   </si>
   <si>
     <t>Square saucer “Kunstwerk”; porcelain;, L=95, B=95mm; white</t>
   </si>
   <si>
     <t>03022113</t>
   </si>
   <si>
     <t>Square saucer “Options”; porcelain;, L=13.5, B=13.5 cm; white</t>
   </si>
   <si>
     <t>03022223</t>
   </si>
   <si>
     <t>Square saucer “Prootel”; porcelain;, L=14, B=14cm; white</t>
   </si>
   <si>
     <t>03022090</t>
   </si>
   <si>
     <t>Square saucer “Victoria Hotel”; porcelain;, H=20, L=125, B=125mm; white</t>
   </si>
   <si>
     <t>03020175</t>
   </si>
@@ -10837,68 +10837,68 @@
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="0" t="s">
         <v>1100</v>
       </c>
       <c r="B517" s="0" t="s">
         <v>1101</v>
       </c>
       <c r="C517" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D517" s="0" t="s">
         <v>107</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="0" t="s">
         <v>1102</v>
       </c>
       <c r="B518" s="0" t="s">
         <v>1103</v>
       </c>
       <c r="C518" s="0" t="s">
-        <v>11</v>
+        <v>1104</v>
       </c>
       <c r="D518" s="0" t="s">
-        <v>12</v>
+        <v>1105</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="0" t="s">
         <v>1102</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="C519" s="0" t="s">
-        <v>1105</v>
+        <v>11</v>
       </c>
       <c r="D519" s="0" t="s">
-        <v>1106</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="0" t="s">
         <v>1107</v>
       </c>
       <c r="B520" s="0" t="s">
         <v>1108</v>
       </c>
       <c r="C520" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D520" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="0" t="s">
         <v>1109</v>
       </c>
       <c r="B521" s="0" t="s">
         <v>1110</v>
       </c>
       <c r="C521" s="0" t="s">
         <v>11</v>