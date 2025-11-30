--- v0 (2025-10-08)
+++ v1 (2025-11-30)
@@ -250,56 +250,56 @@
   <si>
     <t>Board for serving; oak;, H=15, L=350, B=190mm; wooden.</t>
   </si>
   <si>
     <t>04090521</t>
   </si>
   <si>
     <t>Craster</t>
   </si>
   <si>
     <t>Board for serving; oak;, H=2, L=20, B=20cm; St. tree</t>
   </si>
   <si>
     <t>04091345</t>
   </si>
   <si>
     <t>Board for serving; oak;, H=25, L=240, B=200mm; wooden.</t>
   </si>
   <si>
     <t>04090726</t>
   </si>
   <si>
     <t>Board for serving; oak;, H=25, L=250, B=150mm; wooden.</t>
   </si>
   <si>
+    <t>04090719</t>
+  </si>
+  <si>
     <t>04090717</t>
   </si>
   <si>
-    <t>04090719</t>
-[...1 lines deleted...]
-  <si>
     <t>Board for serving; oak;, H=25, L=260, B=180mm; wooden.</t>
   </si>
   <si>
     <t>04090720</t>
   </si>
   <si>
     <t>Board for serving; oak;, H=25, L=270, B=200mm; wooden.</t>
   </si>
   <si>
     <t>04090725</t>
   </si>
   <si>
     <t>Board for serving; oak;, H=25, L=300, B=200mm; wooden.</t>
   </si>
   <si>
     <t>04090714</t>
   </si>
   <si>
     <t>Board for serving; oak;, H=25, L=500, B=280mm; wooden.</t>
   </si>
   <si>
     <t>04091027</t>
   </si>
   <si>
     <t>Board for serving; oak;, H=25, L=585, B=340mm; wooden.</t>
@@ -496,56 +496,56 @@
   <si>
     <t>04090745</t>
   </si>
   <si>
     <t>Feed board;oak;,H=25,L=250,B=150mm</t>
   </si>
   <si>
     <t>04090764</t>
   </si>
   <si>
     <t>Feed board;oak;,H=25,L=250,B=150mm;black</t>
   </si>
   <si>
     <t>04090718</t>
   </si>
   <si>
     <t>Feed board;oak;,H=25,L=250/200,B=180mm</t>
   </si>
   <si>
     <t>04090707</t>
   </si>
   <si>
     <t>Feed board;oak;,H=25,L=255,B=150mm</t>
   </si>
   <si>
+    <t>04090785</t>
+  </si>
+  <si>
     <t>04090784</t>
   </si>
   <si>
-    <t>04090785</t>
-[...1 lines deleted...]
-  <si>
     <t>Feed board;oak;,H=25,L=280,B=260mm</t>
   </si>
   <si>
     <t>04091033</t>
   </si>
   <si>
     <t>Feed board;oak;,H=25,L=290,B=190mm</t>
   </si>
   <si>
     <t>04091024</t>
   </si>
   <si>
     <t>Feed board;oak;,H=25,L=300,B=180mm</t>
   </si>
   <si>
     <t>04090793</t>
   </si>
   <si>
     <t>Feed board;oak;,H=25,L=300,B=200mm;black</t>
   </si>
   <si>
     <t>04090715</t>
   </si>
   <si>
     <t>Feed board;oak;,H=25,L=300,B=210mm</t>
@@ -793,54 +793,54 @@
   <si>
     <t>04090751</t>
   </si>
   <si>
     <t>Feeding board;oak;,H=25,L=300,B=200mm</t>
   </si>
   <si>
     <t>04090832</t>
   </si>
   <si>
     <t>Feeding board;oak;,H=25,L=300,B=210mm;black</t>
   </si>
   <si>
     <t>04090730</t>
   </si>
   <si>
     <t>Feeding board;oak;,H=25,L=300,B=280mm</t>
   </si>
   <si>
     <t>04090852</t>
   </si>
   <si>
     <t>Feeding board;oak;,H=25,L=310,B=160mm;black oak</t>
   </si>
   <si>
+    <t>04090809</t>
+  </si>
+  <si>
     <t>04090808</t>
-  </si>
-[...1 lines deleted...]
-    <t>04090809</t>
   </si>
   <si>
     <t>Feeding board;oak;,H=25,L=310,B=160mm;wooden,black oak</t>
   </si>
   <si>
     <t>04090810</t>
   </si>
   <si>
     <t>Feeding board;oak;,H=25,L=350,B=350mm</t>
   </si>
   <si>
     <t>04090849</t>
   </si>
   <si>
     <t>Feeding board;oak;,H=25,L=360,B=130mm</t>
   </si>
   <si>
     <t>04090756</t>
   </si>
   <si>
     <t>Feeding board;oak;,H=25,L=400,B=200mm</t>
   </si>
   <si>
     <t>04090744</t>
   </si>