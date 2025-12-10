--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -199,60 +199,60 @@
   <si>
     <t>03020550</t>
   </si>
   <si>
     <t>Dish “Japonica”;porcelain;450ml;D=31,H=1cm;white,black</t>
   </si>
   <si>
     <t>03020653</t>
   </si>
   <si>
     <t>Embassy white pasta plate; porcelain; 0.6 l; D=31 cm; white</t>
   </si>
   <si>
     <t>03011877</t>
   </si>
   <si>
     <t>Chef&amp;Sommelier</t>
   </si>
   <si>
     <t>ARC</t>
   </si>
   <si>
     <t>Handmade pasta plate; porcelain; D=28, H=5cm; white</t>
   </si>
   <si>
+    <t>03012677</t>
+  </si>
+  <si>
+    <t>Sumisura</t>
+  </si>
+  <si>
+    <t>ROYALE</t>
+  </si>
+  <si>
     <t>03012678</t>
-  </si>
-[...7 lines deleted...]
-    <t>03012677</t>
   </si>
   <si>
     <t>Pasta plate “Abyssos”; porcelain; D=22, H=4cm; white, blue</t>
   </si>
   <si>
     <t>03013772</t>
   </si>
   <si>
     <t>Le CoQ</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>Pasta plate “Abyssos”; porcelain; D=240, H=55mm; white, blue</t>
   </si>
   <si>
     <t>03013773</t>
   </si>
   <si>
     <t>Pasta plate “Abyssos”; porcelain; D=270, H=55mm; white, blue</t>
   </si>
   <si>
     <t>03015395</t>
   </si>