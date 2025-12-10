--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -1654,54 +1654,54 @@
   <si>
     <t>Rectangular baking dish; ceramics;, H=6, L=35, B=24cm; beige.</t>
   </si>
   <si>
     <t>03051944</t>
   </si>
   <si>
     <t>Rectangular baking dish;ceramics;2.06l;,H=70,L=305,B=215mm;white</t>
   </si>
   <si>
     <t>03050535</t>
   </si>
   <si>
     <t>Rectangular dish for baking and baking; ceramics;,H=6,L=35,B=24cm;green.</t>
   </si>
   <si>
     <t>03051538</t>
   </si>
   <si>
     <t>03051536</t>
   </si>
   <si>
     <t>Rectangular dish for baking and baking;ceramics;,H=6,L=35,B=24cm;red</t>
   </si>
   <si>
+    <t>03051537</t>
+  </si>
+  <si>
     <t>03051535</t>
-  </si>
-[...1 lines deleted...]
-    <t>03051537</t>
   </si>
   <si>
     <t>Rectangular portion pan “Bel Cousin”; porcelain; 330 ml;, H=45, L=120, B=100mm; white</t>
   </si>
   <si>
     <t>04020605</t>
   </si>
   <si>
     <t>Serving dish “Revolution”;ceramics;2.6l;,H=70,L=305,B=215mm;white</t>
   </si>
   <si>
     <t>03021390</t>
   </si>
   <si>
     <t>Square deep dish; porcelain;,H=22,L=250,B=250mm;white</t>
   </si>
   <si>
     <t>03021094</t>
   </si>
   <si>
     <t>Square portion frying pan “Wok”; stainless steel; 420 ml;, H=45, L=120, B=120mm</t>
   </si>
   <si>
     <t>04021325</t>
   </si>