--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -11,209 +11,320 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="90">
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Availability</t>
   </si>
   <si>
-    <t>Container for bulk products;polyprop.;12l;,H=21,L=28.5,B=28.5cm;white</t>
-[...2 lines deleted...]
-    <t>04019103</t>
+    <t>Coffee container with lid;ceramics;0.65l;D=10.5,H=15cm;brown.</t>
+  </si>
+  <si>
+    <t>04148621</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Coffee storage container; stainless steel; 1 l; D=12, H=17 cm; silver.</t>
+  </si>
+  <si>
+    <t>04142214</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>Container for cocoa with holes; stainless steel; 130 ml; D=45, H=80mm; silver.</t>
+  </si>
+  <si>
+    <t>04142224</t>
+  </si>
+  <si>
+    <t>Container for cocoa with holes; stainless steel; 160 ml; D=55, H=75mm; silver.</t>
+  </si>
+  <si>
+    <t>04142223</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>Container for cocoa with holes; stainless steel; 300 ml; D=65, H=100mm; silver.</t>
+  </si>
+  <si>
+    <t>04142201</t>
+  </si>
+  <si>
+    <t>Container for cocoa with mesh; stainless steel; 100 ml; D=6, H=8 cm; silver.</t>
+  </si>
+  <si>
+    <t>02030125</t>
+  </si>
+  <si>
+    <t>Container for Parmesan with holes; plastic, stainless steel; 350 ml; D=95, H=145mm; clear.</t>
+  </si>
+  <si>
+    <t>03172011</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>MATFER</t>
   </si>
   <si>
-    <t>Container for storing bulk products on wheels; polycarbonate; 102 l;, H=71, L=75, B=42 cm; white</t>
-[...2 lines deleted...]
-    <t>09100723</t>
+    <t>Container for powdered sugar with holes 1.5mm; stainless steel; 300ml; D=70, H=85mm; silver.</t>
+  </si>
+  <si>
+    <t>04142222</t>
+  </si>
+  <si>
+    <t>Container for powdered sugar with holes 2.5mm; stainless steel; 300ml; D=70, H=85mm; silver.</t>
+  </si>
+  <si>
+    <t>04142207</t>
+  </si>
+  <si>
+    <t>Container for powdered sugar with holes; plastic, stainless steel; 350 ml; D=75, H=145mm; clear.</t>
+  </si>
+  <si>
+    <t>04142246</t>
+  </si>
+  <si>
+    <t>Container for powdered sugar with holes; stainless steel; 0.5 l; D=8, H=10 cm; silver.</t>
+  </si>
+  <si>
+    <t>04142204</t>
+  </si>
+  <si>
+    <t>Container for powdered sugar with holes; stainless steel; 0.7 l; D=90, H=117mm; silver.</t>
+  </si>
+  <si>
+    <t>04142205</t>
+  </si>
+  <si>
+    <t>Container for powdered sugar with holes; stainless steel; 300 ml; D=7, H=9cm; silver.</t>
+  </si>
+  <si>
+    <t>03171957</t>
+  </si>
+  <si>
+    <t>Container for powdered sugar with holes; stainless steel; 300 ml; D=70, H=82mm; silver.</t>
+  </si>
+  <si>
+    <t>04142203</t>
+  </si>
+  <si>
+    <t>Container for powdered sugar with mesh; stainless steel; 0.5 l; D=7, H=13 cm; silver.</t>
+  </si>
+  <si>
+    <t>04149241</t>
+  </si>
+  <si>
+    <t>De Buyer</t>
+  </si>
+  <si>
+    <t>Container for powdered sugar with mesh; stainless steel; 300 ml; D=6, H=10cm; silver.</t>
+  </si>
+  <si>
+    <t>04142202</t>
+  </si>
+  <si>
+    <t>Container for powdered sugar with mesh; stainless steel; 300 ml; D=70, H=85mm; silver.</t>
+  </si>
+  <si>
+    <t>04142208</t>
+  </si>
+  <si>
+    <t>Container for powdered sugar “Prootel” with holes; stainless steel; 240 ml; D=6, H=9cm; silver.</t>
+  </si>
+  <si>
+    <t>04142232</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>King Metal</t>
+  </si>
+  <si>
+    <t>Container for powdered sugar “Prootel” with mesh; stainless steel; 450 ml; D=65, H=135mm; silver.</t>
+  </si>
+  <si>
+    <t>04142245</t>
+  </si>
+  <si>
+    <t>Container for seasonings with a handle “Prootel” with holes; aluminium; 350 ml; D=75, H=100mm; silver.</t>
+  </si>
+  <si>
+    <t>04142234</t>
+  </si>
+  <si>
+    <t>Container for seasonings with a handle “Prootel” with holes;aluminum;200ml;D=7,H=9cm;silver.</t>
+  </si>
+  <si>
+    <t>04142235</t>
+  </si>
+  <si>
+    <t>Container for seasonings with holes; polycarbonate; 250 ml; D=65, H=95mm; transparent, green.</t>
+  </si>
+  <si>
+    <t>09100812</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
-    <t>Container for storing bulk products on wheels; polycarbonate; 102 l;, H=72.5, L=76.5, B=33cm; white</t>
-[...116 lines deleted...]
-    <t>Tara</t>
+    <t>Container for seasonings with holes; polycarbonate; 300 ml; D=80, H=95mm; transparent, beige.</t>
+  </si>
+  <si>
+    <t>09100860</t>
+  </si>
+  <si>
+    <t>Container for seasonings with holes; polycarbonate; 300 ml; D=80, H=95mm; transparent, pink.</t>
+  </si>
+  <si>
+    <t>09100859</t>
+  </si>
+  <si>
+    <t>Container for seasonings with holes; polycarbonate; 300 ml; D=80, H=95mm; transparent, yellow.</t>
+  </si>
+  <si>
+    <t>09100858</t>
+  </si>
+  <si>
+    <t>Container for seasonings with holes; stainless steel; 150 ml; D=55, H=75mm; silver.</t>
+  </si>
+  <si>
+    <t>04142268</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>Container for seasonings with holes; stainless steel; 300 ml; D=65, H=95mm; silver.</t>
+  </si>
+  <si>
+    <t>04142239</t>
+  </si>
+  <si>
+    <t>Container for seasonings with holes; stainless steel; 310 ml; D=7, H=10 cm; silver.</t>
+  </si>
+  <si>
+    <t>04142274</t>
+  </si>
+  <si>
+    <t>Container for seasonings with holes;polycarbonate;300ml;D=80,H=95mm;clear, white</t>
+  </si>
+  <si>
+    <t>04142242</t>
+  </si>
+  <si>
+    <t>Container for seasonings with mesh; stainless steel; 150 ml; D=55, H=75mm; silver.</t>
+  </si>
+  <si>
+    <t>04148584</t>
+  </si>
+  <si>
+    <t>Container for seasonings with mesh; stainless steel; 230 ml; D=70, H=135mm; silver.</t>
+  </si>
+  <si>
+    <t>04142231</t>
+  </si>
+  <si>
+    <t>Container for seasonings “Prootel” with holes; stainless steel; 240 ml; D=60, H=95mm; silver.</t>
+  </si>
+  <si>
+    <t>04142233</t>
+  </si>
+  <si>
+    <t>Container for seasonings; stainless steel; 400 ml; D=70, H=145 mm; silver.</t>
+  </si>
+  <si>
+    <t>04142241</t>
+  </si>
+  <si>
+    <t>Container for storing sugar; stainless steel; 1 l; D=12, H=17 cm; silver.</t>
+  </si>
+  <si>
+    <t>04142212</t>
+  </si>
+  <si>
+    <t>Spice infuser;stainless steel;220ml;D=45,H=130mm;silver.</t>
+  </si>
+  <si>
+    <t>04147001</t>
+  </si>
+  <si>
+    <t>Spice infuser;stainless steel;350ml;D=14cm;silver.</t>
+  </si>
+  <si>
+    <t>04147002</t>
+  </si>
+  <si>
+    <t>Sugar container with 5mm holes; stainless steel; 300ml; D=70, H=85mm; silver.</t>
+  </si>
+  <si>
+    <t>04142221</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="# ##0.₽"/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -270,358 +381,596 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F21"/>
+  <dimension ref="A1:F38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>10</v>
       </c>
-      <c r="B3" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="0" t="s">
         <v>13</v>
       </c>
-      <c r="B4" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="0" t="n">
-        <v>91000828</v>
+      <c r="B6" s="0" t="s">
+        <v>18</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Doc Author</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>