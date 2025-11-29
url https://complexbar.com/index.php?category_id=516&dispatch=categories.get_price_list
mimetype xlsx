--- v0 (2025-10-07)
+++ v1 (2025-11-29)
@@ -154,57 +154,57 @@
   <si>
     <t>Cutlery set “Matite” [24 pcs]; stainless steel, plastic; metallic, yellow.</t>
   </si>
   <si>
     <t>03110644</t>
   </si>
   <si>
     <t>Cutlery set “Toptyzhka” for children [4 pieces]; stainless steel; silver.</t>
   </si>
   <si>
     <t>03115072</t>
   </si>
   <si>
     <t>Amet</t>
   </si>
   <si>
     <t>Cutlery set[24pcs];,H=40,L=29,B=24.5cm;black</t>
   </si>
   <si>
     <t>03110642</t>
   </si>
   <si>
     <t>Cutlery set[7pcs];stainless steel.</t>
   </si>
   <si>
+    <t>03110655</t>
+  </si>
+  <si>
     <t>03110651</t>
   </si>
   <si>
     <t>03110650</t>
-  </si>
-[...1 lines deleted...]
-    <t>03110655</t>
   </si>
   <si>
     <t>Gift cutlery set “Zoe”[24 pcs];stainless steel;matte</t>
   </si>
   <si>
     <t>03112040</t>
   </si>
   <si>
     <t>Serax</t>
   </si>
   <si>
     <t>Gift cutlery set “Zoe”[24pcs];stainless steel;anthracite</t>
   </si>
   <si>
     <t>03112041</t>
   </si>
   <si>
     <t>Gift cutlery set “Zoe”[24pcs];stainless steel;black</t>
   </si>
   <si>
     <t>03112042</t>
   </si>
   <si>
     <t>Set of cutlery for 12 persons 124 pcs. "Titanic"; silver plated; silver, brown.</t>
   </si>