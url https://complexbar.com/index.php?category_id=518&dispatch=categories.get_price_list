--- v0 (2025-10-08)
+++ v1 (2025-11-28)
@@ -3472,54 +3472,54 @@
   <si>
     <t>03113250</t>
   </si>
   <si>
     <t>Table knife; stainless steel, wood; metal.</t>
   </si>
   <si>
     <t>03113290</t>
   </si>
   <si>
     <t>Table knife; stainless steel; brown</t>
   </si>
   <si>
     <t>03113103</t>
   </si>
   <si>
     <t>Table knife; stainless steel; L=23.5 cm; black, metal.</t>
   </si>
   <si>
     <t>03112755</t>
   </si>
   <si>
     <t>Table knife; stainless steel; metal.</t>
   </si>
   <si>
+    <t>03113288</t>
+  </si>
+  <si>
     <t>03113289</t>
-  </si>
-[...1 lines deleted...]
-    <t>03113288</t>
   </si>
   <si>
     <t>Table knife;copper;,L=24cm;copper</t>
   </si>
   <si>
     <t>03114109</t>
   </si>
   <si>
     <t>Table knife;stainless steel;white</t>
   </si>
   <si>
     <t>03113287</t>
   </si>
   <si>
     <t>Table spoon "Arcadia"</t>
   </si>
   <si>
     <t>03111028</t>
   </si>
   <si>
     <t>Table spoon "Atrium"</t>
   </si>
   <si>
     <t>03111170</t>
   </si>