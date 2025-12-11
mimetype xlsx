--- v0 (2025-10-07)
+++ v1 (2025-12-11)
@@ -262,57 +262,57 @@
   <si>
     <t>03111154</t>
   </si>
   <si>
     <t>Compliment spoon;plastic;,H=45,L=145,B=45mm;white</t>
   </si>
   <si>
     <t>03111152</t>
   </si>
   <si>
     <t>Compliment spoon[200pcs];plastic;,L=13.2cm;silver.</t>
   </si>
   <si>
     <t>03111137</t>
   </si>
   <si>
     <t>Compliment spoon[300pcs];plastic;,L=11,B=3cm</t>
   </si>
   <si>
     <t>03111140</t>
   </si>
   <si>
     <t>Fork for aperit.[12pcs];stainless steel;,L=12.5cm;metal.</t>
   </si>
   <si>
+    <t>04160207</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
     <t>04160206</t>
-  </si>
-[...4 lines deleted...]
-    <t>04160207</t>
   </si>
   <si>
     <t>Fork-spoon “Tapas Combi”</t>
   </si>
   <si>
     <t>03110874</t>
   </si>
   <si>
     <t>Fruit fork “Bid Silver Plate”; silver plated; silver.</t>
   </si>
   <si>
     <t>03112312</t>
   </si>
   <si>
     <t>Arthur Price</t>
   </si>
   <si>
     <t>Fruit fork “Cream”; stainless steel; metal.</t>
   </si>
   <si>
     <t>03111430</t>
   </si>
   <si>
     <t>Salad fork “Hermitage”; stainless steel;, L=21cm; metal.</t>
   </si>