--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -34,57 +34,57 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="14">
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Availability</t>
   </si>
   <si>
     <t>Fork for aperit.[12pcs];stainless steel;,L=12.5cm;metal.</t>
   </si>
   <si>
+    <t>04160207</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
     <t>04160206</t>
-  </si>
-[...4 lines deleted...]
-    <t>04160207</t>
   </si>
   <si>
     <t>Fork-spoon “Tapas Combi”</t>
   </si>
   <si>
     <t>03110874</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>ETER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="# ##0.₽"/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>