--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -121,57 +121,57 @@
   <si>
     <t>05020121</t>
   </si>
   <si>
     <t>Cherry with cuttings “Kokt.” 225 g (25-30 pieces in a jar); glass; D=60, H=105mm; yellow.</t>
   </si>
   <si>
     <t>05020123</t>
   </si>
   <si>
     <t>Cherry with cuttings “Kokt.” 750 g (85 pcs. in a jar); glass; D=85, H=150mm; blue</t>
   </si>
   <si>
     <t>05020127</t>
   </si>
   <si>
     <t>Cherry with cuttings “Kokt.” 750 g (85 pcs. in a jar); glass; D=85, H=150mm; green.</t>
   </si>
   <si>
     <t>05020125</t>
   </si>
   <si>
     <t>Cherry with cuttings “Kokt.” 750 g (85 pcs. in a jar); glass; D=85, H=150mm; red</t>
   </si>
   <si>
+    <t>05020124</t>
+  </si>
+  <si>
     <t>05020150-А2</t>
   </si>
   <si>
     <t>05020150-А1</t>
-  </si>
-[...1 lines deleted...]
-    <t>05020124</t>
   </si>
   <si>
     <t>Cherry with cuttings “Kokt.” 750 g (85 pieces in a jar); glass; D=85, H=150mm; yellow.</t>
   </si>
   <si>
     <t>05020126</t>
   </si>
   <si>
     <t>Cherry without cuttings “Kokt.” 750 g (85 pcs. in a jar); glass; D=85, H=150mm; green.</t>
   </si>
   <si>
     <t>05020148</t>
   </si>
   <si>
     <t>Cherry without cuttings “Kokt.” 750 g (85 pcs. in a jar); glass; D=85, H=150mm; red</t>
   </si>
   <si>
     <t>05020130</t>
   </si>
   <si>
     <t>Cherry without cuttings “Kokt.” 750 g (85 pieces in a jar); glass; D=85, H=150mm; yellow.</t>
   </si>
   <si>
     <t>05020129</t>
   </si>