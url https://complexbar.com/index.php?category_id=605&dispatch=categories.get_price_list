--- v0 (2025-10-27)
+++ v1 (2025-12-11)
@@ -469,54 +469,54 @@
   <si>
     <t>ETER</t>
   </si>
   <si>
     <t>Food warmer “Katerer”;stainless steel;9l;,H=40,L=64.5,B=35cm;metal.</t>
   </si>
   <si>
     <t>04010909</t>
   </si>
   <si>
     <t>Food warmer “Premium”; stainless steel; 11 l; D=44/48, H=39 cm; metal.</t>
   </si>
   <si>
     <t>04010876</t>
   </si>
   <si>
     <t>Food warmer “tureen”;stainless steel;4l;D=30.5,H=17.5cm;black</t>
   </si>
   <si>
     <t>04019124</t>
   </si>
   <si>
     <t>Food warmer; stainless steel; 5.5 l</t>
   </si>
   <si>
+    <t>04015013</t>
+  </si>
+  <si>
     <t>04015012</t>
-  </si>
-[...1 lines deleted...]
-    <t>04015013</t>
   </si>
   <si>
     <t>Food warmer; stainless steel; 8.5 l</t>
   </si>
   <si>
     <t>04015014</t>
   </si>
   <si>
     <t>Food warmer; stainless steel; metal.</t>
   </si>
   <si>
     <t>07100305</t>
   </si>
   <si>
     <t>Food warmer;stainless steel, glass;5l;D=36,H=15cm;metal.</t>
   </si>
   <si>
     <t>04019027</t>
   </si>
   <si>
     <t>Food warmer;stainless steel,plastic;3.6l;,L=40,B=24cm</t>
   </si>
   <si>
     <t>07100242</t>
   </si>